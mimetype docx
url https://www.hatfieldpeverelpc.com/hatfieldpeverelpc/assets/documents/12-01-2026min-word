--- v0 (2026-01-20)
+++ v1 (2026-03-02)
@@ -8,4767 +8,4523 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2C3252D1" w14:textId="77777777" w:rsidR="000B7FE2" w:rsidRPr="00D10914" w:rsidRDefault="009D1F49" w:rsidP="009D1F49">
+    <w:p w14:paraId="38136FB2" w14:textId="3DE831BA" w:rsidR="000C434C" w:rsidRPr="00C51274" w:rsidRDefault="009D1F49" w:rsidP="009161E6">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D10914">
+      <w:r w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">MINUTES OF THE HATFIELD PEVEREL PARISH COUNCIL </w:t>
+        <w:t xml:space="preserve">MINUTES OF THE HATFIELD PEVEREL PARISH COUNCIL MEETING </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="219FECED" w14:textId="77777777" w:rsidR="009D1F49" w:rsidRPr="00D10914" w:rsidRDefault="000B7FE2" w:rsidP="009D1F49">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="0326C797" w14:textId="770136DB" w:rsidR="00361D3D" w:rsidRPr="00C51274" w:rsidRDefault="00361D3D" w:rsidP="00361D3D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D10914">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>PLANNING COMMITTEE</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">HELD ON </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7120A" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">MONDAY </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">MEETING </w:t>
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidR="00F80D3C" w:rsidRPr="00F80D3C">
+      <w:r w:rsidR="00E3187E" w:rsidRPr="00E3187E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>TH</w:t>
       </w:r>
-      <w:r w:rsidR="00F80D3C">
+      <w:r w:rsidR="00E3187E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> JANUARY</w:t>
       </w:r>
-      <w:r w:rsidR="005A14D6">
+      <w:r w:rsidR="001014B6" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F80D3C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C44817" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D10914">
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C39645" w14:textId="5F1E94C7" w:rsidR="00361D3D" w:rsidRPr="00C51274" w:rsidRDefault="00361D3D" w:rsidP="00361D3D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>IN THE VILLAGE HALL AT 7.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F80D3C">
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>15PM</w:t>
+        <w:t>IN THE VILLAGE HALL AT 7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40D69" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="002F78F5" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="000C434C" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31AD3081" w14:textId="77777777" w:rsidR="00144685" w:rsidRPr="00D10914" w:rsidRDefault="0070202A" w:rsidP="00144685">
+    <w:p w14:paraId="6A312F45" w14:textId="77777777" w:rsidR="00144685" w:rsidRPr="00C51274" w:rsidRDefault="0070202A" w:rsidP="00144685">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D10914">
+      <w:r w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Those present:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D10914">
+      <w:r w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C4D3C41" w14:textId="6CBBD998" w:rsidR="00C157CA" w:rsidRDefault="00C157CA" w:rsidP="003A385B">
+    <w:p w14:paraId="1715DEEC" w14:textId="6913E675" w:rsidR="00ED1205" w:rsidRDefault="00ED1205" w:rsidP="00ED1205">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...12 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cllr </w:t>
+      </w:r>
+      <w:r w:rsidR="009704E0" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">M </w:t>
+      </w:r>
+      <w:r w:rsidR="00E22CB0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Weale</w:t>
       </w:r>
-      <w:r w:rsidR="000D7B7F">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Chairman)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0B9494" w14:textId="48F8E201" w:rsidR="00EC113F" w:rsidRDefault="00EC113F" w:rsidP="003A385B">
+    <w:p w14:paraId="7E2AC1AE" w14:textId="22004699" w:rsidR="0078277F" w:rsidRDefault="0078277F" w:rsidP="00ED1205">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:bCs/>
         </w:rPr>
         <w:t>Cllr D Broddle</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4A0ABC" w14:textId="6C4E3542" w:rsidR="00C518FB" w:rsidRDefault="00C518FB" w:rsidP="003A385B">
+    <w:p w14:paraId="354A6CF5" w14:textId="37AF61E3" w:rsidR="00E22CB0" w:rsidRDefault="00E22CB0" w:rsidP="00ED1205">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:bCs/>
         </w:rPr>
         <w:t>Cllr M Elliston</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DAED0FB" w14:textId="0B2438DC" w:rsidR="000D7B7F" w:rsidRDefault="000D7B7F" w:rsidP="003A385B">
+    <w:p w14:paraId="4BCAA25E" w14:textId="3453CD0E" w:rsidR="009704E0" w:rsidRPr="00C51274" w:rsidRDefault="009704E0" w:rsidP="00ED1205">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...5 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Cllr R Parker</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D7A9BF" w14:textId="1A20BAED" w:rsidR="00C518FB" w:rsidRDefault="00C518FB" w:rsidP="003A385B">
+    <w:p w14:paraId="173CAA07" w14:textId="7EDFD119" w:rsidR="00E22CB0" w:rsidRPr="00C51274" w:rsidRDefault="00E22CB0" w:rsidP="00ED1205">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:bCs/>
         </w:rPr>
         <w:t>Cllr M Renow</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11D5170A" w14:textId="76A77711" w:rsidR="00233D66" w:rsidRDefault="00233D66" w:rsidP="00144685">
+    <w:p w14:paraId="0F0E1081" w14:textId="1095649D" w:rsidR="009704E0" w:rsidRPr="00C51274" w:rsidRDefault="009704E0" w:rsidP="00ED1205">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>Cllr D Wallace</w:t>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Cllr T Short</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25AD1D8F" w14:textId="77777777" w:rsidR="00736483" w:rsidRDefault="00736483" w:rsidP="00144685">
+    <w:p w14:paraId="1EE7F67D" w14:textId="3F0468F2" w:rsidR="00D51247" w:rsidRPr="00C51274" w:rsidRDefault="00D51247" w:rsidP="006D4767">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D10914">
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Cllr S Smith</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2058EA80" w14:textId="579849B9" w:rsidR="007A29F2" w:rsidRDefault="007A29F2" w:rsidP="00B10515">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Cllr D Wallace</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6DA5E8" w14:textId="5B65A885" w:rsidR="0078277F" w:rsidRPr="00C51274" w:rsidRDefault="0078277F" w:rsidP="00B10515">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Cllr T Weale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B02EEC0" w14:textId="7C13D82B" w:rsidR="00736483" w:rsidRPr="00C51274" w:rsidRDefault="00736483" w:rsidP="00B10515">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Clerk</w:t>
       </w:r>
-      <w:r w:rsidR="00EB7E35" w:rsidRPr="00D10914">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="12417549" w14:textId="3DC15CBB" w:rsidR="00E47187" w:rsidRPr="00D10914" w:rsidRDefault="0031549D" w:rsidP="00EC54A1">
+    <w:p w14:paraId="70CFE5F2" w14:textId="652AEEA8" w:rsidR="005D47BE" w:rsidRPr="00C51274" w:rsidRDefault="00E3187E" w:rsidP="00144685">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="005D47BE" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> members of the public</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF814D4" w14:textId="1D40F841" w:rsidR="00E47187" w:rsidRPr="00C51274" w:rsidRDefault="00FF0134" w:rsidP="00EC54A1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
-      <w:r w:rsidR="00E47187" w:rsidRPr="00D10914">
+      <w:r w:rsidR="00E47187" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00F76217" w:rsidRPr="00D10914">
+      <w:r w:rsidR="00E3187E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>PG</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F80D3C">
+        <w:t>158</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47187" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>63</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E47187" w:rsidRPr="00D10914">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64348" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A64348" w:rsidRPr="00D10914">
+        <w:t>Apologies for Absence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2C320C" w14:textId="19DD0807" w:rsidR="00E47187" w:rsidRPr="00C51274" w:rsidRDefault="00E3187E" w:rsidP="00E47187">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Apologies were received and accepted from Councillors Munt and Purser</w:t>
+      </w:r>
+      <w:r w:rsidR="0035670A" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009A64B2" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3CFD19" w14:textId="6F84927B" w:rsidR="00E47187" w:rsidRPr="00C51274" w:rsidRDefault="00FF0134" w:rsidP="00E47187">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Apologies for Absence</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47187" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>159</w:t>
+      </w:r>
+      <w:r w:rsidR="009F474F" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Minutes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743D1D80" w14:textId="3A6C4840" w:rsidR="00E47187" w:rsidRPr="00D10914" w:rsidRDefault="00EC113F" w:rsidP="00E47187">
-[...15 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="0B28AA2A" w14:textId="39C4071F" w:rsidR="009F474F" w:rsidRPr="00C51274" w:rsidRDefault="0045417C" w:rsidP="009F474F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Minutes of the Parish Council Meeting held </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40D69" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14D98" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E" w:rsidRPr="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> December</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0CDD" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> were agreed and signed as a correct record.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A1A93D" w14:textId="5C648940" w:rsidR="00DD31B5" w:rsidRPr="00D10914" w:rsidRDefault="0031549D" w:rsidP="00FB6977">
+    <w:p w14:paraId="3620D2D8" w14:textId="3ECE02FE" w:rsidR="00FB6977" w:rsidRPr="00C51274" w:rsidRDefault="00FF0134" w:rsidP="00FB6977">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5400"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
-      <w:r w:rsidR="00DD31B5" w:rsidRPr="00D10914">
+      <w:r w:rsidR="00FB6977" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>/PG</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F80D3C">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>64</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AF7157">
+        <w:t>160</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6977" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD31B5" w:rsidRPr="00D10914">
+        <w:t xml:space="preserve"> Declarations of Interest</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6977" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Minutes</w:t>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE67F2C" w14:textId="740116A2" w:rsidR="00F13B63" w:rsidRPr="00D10914" w:rsidRDefault="00F13B63" w:rsidP="00F13B63">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> were agreed and signed as a correct record.</w:t>
+    <w:p w14:paraId="784AD1A3" w14:textId="0C17A902" w:rsidR="00FB6977" w:rsidRPr="00C51274" w:rsidRDefault="00974873" w:rsidP="00560BCD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Councillor Wallace in item</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0134" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14D98" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>174</w:t>
+      </w:r>
+      <w:r w:rsidR="001014B6" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A9980D" w14:textId="5FEBDCCB" w:rsidR="00FB6977" w:rsidRPr="00D10914" w:rsidRDefault="0031549D" w:rsidP="00FB6977">
+    <w:p w14:paraId="3D5B93C4" w14:textId="53CDA451" w:rsidR="005D47BE" w:rsidRPr="00C51274" w:rsidRDefault="00FF0134" w:rsidP="00DE7B2A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5400"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
-      <w:r w:rsidR="00FB6977" w:rsidRPr="00D10914">
+      <w:r w:rsidR="007A71D5" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00AC2810">
+      <w:r w:rsidR="00E3187E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>PG</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F80D3C">
+        <w:t>161</w:t>
+      </w:r>
+      <w:r w:rsidR="005D47BE" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>65</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A7049A" w:rsidRPr="00D10914">
+        <w:t xml:space="preserve"> Essex County Councillor</w:t>
+      </w:r>
+      <w:r w:rsidR="004F30C4" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FB6977" w:rsidRPr="00D10914">
+        <w:t xml:space="preserve"> (ECC)</w:t>
+      </w:r>
+      <w:r w:rsidR="005D47BE" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Declarations of Interest</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FB6977" w:rsidRPr="00D10914">
+        <w:t xml:space="preserve"> Update</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23936C30" w14:textId="7DE715D9" w:rsidR="00E21AEE" w:rsidRDefault="00E3187E" w:rsidP="009704E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>The resignation of Councillor Derrick Louis was noted. Thanks were given for his contribution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C19369" w14:textId="77777777" w:rsidR="009145F3" w:rsidRPr="00C51274" w:rsidRDefault="009145F3" w:rsidP="00C44817">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C70A447" w14:textId="0414FA01" w:rsidR="005D47BE" w:rsidRPr="00C51274" w:rsidRDefault="00FF0134" w:rsidP="00C44817">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2FF7" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>162</w:t>
+      </w:r>
+      <w:r w:rsidR="005D47BE" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Braintree District Councillor </w:t>
+      </w:r>
+      <w:r w:rsidR="004F30C4" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(BDC) </w:t>
+      </w:r>
+      <w:r w:rsidR="005D47BE" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Update</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B13BBC2" w14:textId="6B32AA22" w:rsidR="005D47BE" w:rsidRDefault="00626C3C" w:rsidP="00296F22">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Councillor</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6421" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00212D57" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Dervish</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Coleridge were unable to attend the meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="051A4A07" w14:textId="55B8B226" w:rsidR="007875CB" w:rsidRPr="00C51274" w:rsidRDefault="00FF0134" w:rsidP="00EC54A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...24 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="005D47BE" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>25</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D47BE" w:rsidRPr="00D10914">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B23CB5" w:rsidRPr="00D10914">
+        <w:t>163</w:t>
+      </w:r>
+      <w:r w:rsidR="00771B52" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>PG</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE32FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007875CB" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F80D3C">
+        <w:t>Public Participation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD4950B" w14:textId="441F6CB5" w:rsidR="009704E0" w:rsidRDefault="008D042B" w:rsidP="009B7771">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>None.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1007C312" w14:textId="3CE9D78C" w:rsidR="00296F22" w:rsidRPr="00C51274" w:rsidRDefault="00FF0134" w:rsidP="00296F22">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00771B52" w:rsidRPr="00D10914">
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007875CB" w:rsidRPr="00D10914">
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00296F22" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Public Participation</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>164</w:t>
+      </w:r>
+      <w:r w:rsidR="00296F22" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Clerk’s Report </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="197C7471" w14:textId="10A842E2" w:rsidR="008A6787" w:rsidRDefault="00EC113F" w:rsidP="00361D3D">
+    <w:p w14:paraId="610EA5A9" w14:textId="7780BB69" w:rsidR="00955D99" w:rsidRPr="00C51274" w:rsidRDefault="002F78F5" w:rsidP="00296F22">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Clerk’s Report was received </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>without comment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16CF5A05" w14:textId="7165A316" w:rsidR="00CA28A2" w:rsidRPr="00C51274" w:rsidRDefault="00FF0134" w:rsidP="00CA28A2">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="000E605D" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>165</w:t>
+      </w:r>
+      <w:r w:rsidR="0046289C" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finance</w:t>
+      </w:r>
+      <w:r w:rsidR="000E605D" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and General Purposes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62882A38" w14:textId="6CD4F65E" w:rsidR="002F78F5" w:rsidRDefault="00E3187E" w:rsidP="00E3187E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-        <w:t>None.</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">It was resolved </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>to approve the budget for financial year 2026/27</w:t>
+      </w:r>
+      <w:r w:rsidR="009704E0" w:rsidRPr="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48901360" w14:textId="77777777" w:rsidR="00F6600F" w:rsidRDefault="00F6600F" w:rsidP="00361D3D">
-      <w:pPr>
+    <w:p w14:paraId="30954C08" w14:textId="18772F08" w:rsidR="00E3187E" w:rsidRPr="00E3187E" w:rsidRDefault="00E3187E" w:rsidP="00E3187E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Based on the approved budget, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">it was resolved </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>to set the precept at £190,000 for the financial year 2026/27, with use of general reserves</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to support the budget</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2C440FB6" w14:textId="1F51970A" w:rsidR="00C157CA" w:rsidRDefault="00C157CA" w:rsidP="00361D3D">
+    <w:p w14:paraId="473B1BCA" w14:textId="554B2810" w:rsidR="00C34059" w:rsidRPr="00C51274" w:rsidRDefault="00FF0134" w:rsidP="00C34059">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34059" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>166</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34059" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Traffic</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34403BF5" w14:textId="6443222C" w:rsidR="00536516" w:rsidRPr="00E3187E" w:rsidRDefault="00536516" w:rsidP="00E3187E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:b/>
-          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>An update on traffic matters was received</w:t>
+      </w:r>
+      <w:r w:rsidR="00C743EA" w:rsidRPr="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7243938E" w14:textId="6EA1E4B0" w:rsidR="00164FB7" w:rsidRPr="00C51274" w:rsidRDefault="00F36CF7" w:rsidP="002747C3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="000C0FE4" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3187E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>167</w:t>
+      </w:r>
+      <w:r w:rsidR="00164FB7" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Environment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507BE74F" w14:textId="0E993E68" w:rsidR="00527280" w:rsidRPr="00E3187E" w:rsidRDefault="00E3187E" w:rsidP="00E3187E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>It was resolved</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to agree the 2026 Potential Open Space Improvements (POSI) for submission to Braintree District Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00D87DBC" w:rsidRPr="00E3187E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B33C98" w14:textId="77777777" w:rsidR="00C51274" w:rsidRDefault="00C51274" w:rsidP="00883869">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B4510C4" w14:textId="51022048" w:rsidR="00D946D5" w:rsidRPr="00C51274" w:rsidRDefault="009B45C1" w:rsidP="00883869">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74555" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C06B7E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>168</w:t>
+      </w:r>
+      <w:r w:rsidR="001F63D3" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Stone</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74555" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Path Meadow</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0FE3B9" w14:textId="0FDCC524" w:rsidR="00FC6421" w:rsidRDefault="00023F6B" w:rsidP="00FC6421">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>A brief update on the meadow was received</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6421" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E3B3850" w14:textId="3A7A7423" w:rsidR="00D43167" w:rsidRPr="00C51274" w:rsidRDefault="009B45C1" w:rsidP="009F7997">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43167" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C06B7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>169</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43167" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Section 106 Funds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388EB2D4" w14:textId="4EB126B0" w:rsidR="00F60A91" w:rsidRDefault="003E64CA" w:rsidP="00A3139D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>An update on S106 projects was received</w:t>
+      </w:r>
+      <w:r w:rsidR="00A956AE" w:rsidRPr="00A3139D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35FF9ABC" w14:textId="108465D7" w:rsidR="003E64CA" w:rsidRDefault="003E64CA" w:rsidP="00A3139D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>It was resolved</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C06B7E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>accept the quotation provided by ETC for a five-year maintenance contract for the tennis courts, at a cost of £900.00 + VAT per year, to commence Spring 2027</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD35DB6" w14:textId="65A21BE7" w:rsidR="00A956AE" w:rsidRDefault="00A956AE" w:rsidP="009F7997">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25/</w:t>
+      </w:r>
+      <w:r w:rsidR="00224001">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Community Park</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38052CCE" w14:textId="5FA1CAF4" w:rsidR="00620796" w:rsidRDefault="006E5B6A" w:rsidP="00620796">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+      <w:r>
+        <w:t>An update on the Community Park was received</w:t>
+      </w:r>
+      <w:r w:rsidR="008835F7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6558E372" w14:textId="33AAB316" w:rsidR="00883869" w:rsidRPr="00C51274" w:rsidRDefault="00B20A23" w:rsidP="009F7997">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00883869" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00224001">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>171</w:t>
+      </w:r>
+      <w:r w:rsidR="00883869" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Communications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281D8799" w14:textId="5BB4C6E8" w:rsidR="00874106" w:rsidRPr="00C51274" w:rsidRDefault="00224001" w:rsidP="00874106">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>A report from the Communications Officer was received</w:t>
+      </w:r>
+      <w:r w:rsidR="00874106" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00244ACF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE08C1B" w14:textId="6AB61314" w:rsidR="00D64258" w:rsidRPr="00C51274" w:rsidRDefault="00590229" w:rsidP="002747C3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64258" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00224001">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>172</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64258" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Keith Bigden Memorial Ground</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7142B7EB" w14:textId="67B6E5CD" w:rsidR="00874106" w:rsidRPr="008F480A" w:rsidRDefault="008F480A" w:rsidP="008F480A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00777679">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> update on the KBMG was received</w:t>
+      </w:r>
+      <w:r w:rsidR="00874106" w:rsidRPr="008F480A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48472F7E" w14:textId="456C6BB9" w:rsidR="00214D28" w:rsidRPr="00C51274" w:rsidRDefault="00590229" w:rsidP="002747C3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00214D28" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00224001">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>173</w:t>
+      </w:r>
+      <w:r w:rsidR="00214D28" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00341193" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Youth Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5CC8A2" w14:textId="5213F9D9" w:rsidR="00F673F5" w:rsidRDefault="007174E8" w:rsidP="00224001">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224001">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>An update on youth services was received</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7AF8" w:rsidRPr="00224001">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350F6878" w14:textId="67085C24" w:rsidR="00224001" w:rsidRDefault="00224001" w:rsidP="00224001">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>It was resolved</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to continue to provide and fund the Duke of Edinburgh Bronze Award and to establish and fund the Duke of Edinburgh Silver Award</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5EE9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, with costs detailed below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F943C19" w14:textId="2A1D714E" w:rsidR="00BA5EE9" w:rsidRDefault="00BA5EE9" w:rsidP="00BA5EE9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5EE9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Bronze</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...19 lines deleted...]
-      </w:r>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346626A0" w14:textId="3F968BB6" w:rsidR="00BA5EE9" w:rsidRDefault="00BA5EE9" w:rsidP="00BA5EE9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...3 lines deleted...]
-      </w:r>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Enrolment £30.50 + £10 admin fee per person</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A3BDFE" w14:textId="6AE633BB" w:rsidR="00BA5EE9" w:rsidRDefault="00BA5EE9" w:rsidP="00BA5EE9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:b/>
-          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Expedition £150 per person (includes a Practice and Qualifying Expedition)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AAD7E39" w14:textId="5F4DDC06" w:rsidR="00BA5EE9" w:rsidRDefault="00BA5EE9" w:rsidP="00BA5EE9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5EE9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>25/</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>Silver</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722A7329" w14:textId="20F687F1" w:rsidR="00BA5EE9" w:rsidRDefault="00BA5EE9" w:rsidP="00BA5EE9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Enrolment £30.50 + £10 admin fee per person</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570DAA16" w14:textId="5B5FD932" w:rsidR="00BA5EE9" w:rsidRPr="00BA5EE9" w:rsidRDefault="00BA5EE9" w:rsidP="00BA5EE9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Expedition £399 per person (includes a Training Day, Practice Expedition, Qualifying Expedition and Minibus travel to expedition location)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25AB6DCA" w14:textId="5EF7A26C" w:rsidR="00FE5592" w:rsidRPr="00C51274" w:rsidRDefault="00590229" w:rsidP="002747C3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5592" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5EE9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>174</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5592" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Accounts for Payment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C78C18" w14:textId="7043149A" w:rsidR="00FE5592" w:rsidRPr="00C51274" w:rsidRDefault="007B7633" w:rsidP="002677AE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">It was resolved </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">that the accounts for payment for </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5EE9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="009476BA" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be approved as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E8388B" w14:textId="0D6C195E" w:rsidR="00F0738D" w:rsidRPr="00C51274" w:rsidRDefault="00F0738D" w:rsidP="00F0738D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9908" w:type="dxa"/>
+        <w:tblInd w:w="-142" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5400"/>
+        <w:gridCol w:w="4508"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F0738D" w:rsidRPr="00C51274" w14:paraId="52E42BB9" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="133EC55C" w14:textId="77777777" w:rsidR="00F0738D" w:rsidRPr="00C51274" w:rsidRDefault="00F0738D" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4125"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Staff costs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A261AEF" w14:textId="393FC236" w:rsidR="00A07BA1" w:rsidRPr="00C51274" w:rsidRDefault="00F0738D" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00761B4E" w:rsidRPr="00761B4E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>6,180.42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F0738D" w:rsidRPr="00C51274" w14:paraId="5A0F93AD" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="166E3D70" w14:textId="4BB1036F" w:rsidR="00F0738D" w:rsidRPr="00C51274" w:rsidRDefault="00CA659F" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Wallace Arboriculture and Groundcare</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E37B460" w14:textId="0CB6EC4C" w:rsidR="00F0738D" w:rsidRPr="00C51274" w:rsidRDefault="00F0738D" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD591B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>532.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00553D22" w:rsidRPr="00C51274" w14:paraId="20424041" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B9F33F3" w14:textId="023CC5A7" w:rsidR="00553D22" w:rsidRPr="00C51274" w:rsidRDefault="003F05A0" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Maid Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1598C174" w14:textId="3A1B4169" w:rsidR="00C46645" w:rsidRPr="00C51274" w:rsidRDefault="00553D22" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00925B6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>45.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F80C6C" w:rsidRPr="00C51274" w14:paraId="518FEFDC" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF7142A" w14:textId="479FDF8E" w:rsidR="00F80C6C" w:rsidRPr="00C51274" w:rsidRDefault="00355D41" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ETC Sports Surfaces Limited</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67CD7F0C" w14:textId="35F3F2BD" w:rsidR="00F80C6C" w:rsidRPr="00C51274" w:rsidRDefault="001A7662" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00355D41">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>6,992.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E5C81" w:rsidRPr="00C51274" w14:paraId="0F02D709" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F77CB8" w14:textId="0A54CE21" w:rsidR="009E5C81" w:rsidRPr="00C51274" w:rsidRDefault="00833141" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Andrew Smith Print Limited</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08786D39" w14:textId="305B8112" w:rsidR="009E5C81" w:rsidRPr="00C51274" w:rsidRDefault="009E5C81" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="009C6B9E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>390.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0012010C" w:rsidRPr="00C51274" w14:paraId="14BA6412" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A605035" w14:textId="76EFCE40" w:rsidR="0012010C" w:rsidRPr="00C51274" w:rsidRDefault="00425A3C" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Defib World</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF1C25E" w14:textId="301B476D" w:rsidR="0012010C" w:rsidRPr="00C51274" w:rsidRDefault="0012010C" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00425A3C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>139.39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000409B3" w:rsidRPr="00C51274" w14:paraId="770E2926" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A662A4D" w14:textId="75179B37" w:rsidR="000409B3" w:rsidRPr="00C51274" w:rsidRDefault="00D34EA6" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Hatfield Peverel Community Association</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C717124" w14:textId="3A433CAD" w:rsidR="005C319A" w:rsidRPr="00C51274" w:rsidRDefault="000409B3" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00E159CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>293.33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C319A" w:rsidRPr="00C51274" w14:paraId="453B9B03" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4B5BFE" w14:textId="0C65DFEE" w:rsidR="005C319A" w:rsidRPr="00C51274" w:rsidRDefault="005815CD" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>My PT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2814E901" w14:textId="53F92AFB" w:rsidR="005C319A" w:rsidRPr="00C51274" w:rsidRDefault="005C319A" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00E159CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>180.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C60545" w:rsidRPr="00C51274" w14:paraId="7D1236B4" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78105C5F" w14:textId="5A7DCDEF" w:rsidR="00C60545" w:rsidRPr="00C51274" w:rsidRDefault="00C27901" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>British Gas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B4B1B5" w14:textId="6D2AEDA2" w:rsidR="00C60545" w:rsidRPr="00C51274" w:rsidRDefault="00C60545" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00C27901">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>105.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42372" w:rsidRPr="00C51274" w14:paraId="4B6B3E90" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E7EA12" w14:textId="186EEC45" w:rsidR="00B42372" w:rsidRDefault="00692B1D" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A&amp;J Lighting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0B73EE" w14:textId="785A306F" w:rsidR="00B42372" w:rsidRPr="00C51274" w:rsidRDefault="00C201D5" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00692B1D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>217.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E34F37" w:rsidRPr="00C51274" w14:paraId="5C5E464D" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C546E2" w14:textId="74F2D651" w:rsidR="00E34F37" w:rsidRDefault="00925B6D" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>SSE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="783D226A" w14:textId="35C541A9" w:rsidR="00E34F37" w:rsidRDefault="00E34F37" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00925B6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>3,403.80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F2E99" w:rsidRPr="00C51274" w14:paraId="09D5E858" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="647D3088" w14:textId="46CD9279" w:rsidR="009F2E99" w:rsidRDefault="00C27901" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Essex Tennis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31BBB9DC" w14:textId="55F84F93" w:rsidR="009F2E99" w:rsidRDefault="009F2E99" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00425A3C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>95.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F2E99" w:rsidRPr="00C51274" w14:paraId="282371C6" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6254F5A0" w14:textId="1DE6ACDA" w:rsidR="009F2E99" w:rsidRDefault="00692B1D" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C Greaves (expenses)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="705FD962" w14:textId="43285FE5" w:rsidR="009F2E99" w:rsidRDefault="00401C01" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00925B6D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>52.54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D7D3C" w:rsidRPr="00C51274" w14:paraId="01FBB0A2" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BA73C4" w14:textId="63F9A6C0" w:rsidR="004D7D3C" w:rsidRDefault="00692B1D" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>H Knightbridge (expenses)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF7F195" w14:textId="5702F42F" w:rsidR="004D7D3C" w:rsidRDefault="004D7D3C" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00692B1D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>87.88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00425A3C" w:rsidRPr="00C51274" w14:paraId="16A17555" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7842DC93" w14:textId="0CEE2734" w:rsidR="00425A3C" w:rsidRDefault="00CE5A7C" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Swan Inn (Coffee Lounge)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3814F255" w14:textId="309EDF95" w:rsidR="00425A3C" w:rsidRDefault="00CE5A7C" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£50.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD591B" w:rsidRPr="00C51274" w14:paraId="1C25C69A" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73654CFC" w14:textId="72FC8AF1" w:rsidR="00AD591B" w:rsidRDefault="00AD591B" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Marsh Commercial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="104758C9" w14:textId="20F82756" w:rsidR="00AD591B" w:rsidRDefault="00AD591B" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£411.92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C7282" w:rsidRPr="00C51274" w14:paraId="07CC8019" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E27800A" w14:textId="50D065EC" w:rsidR="000C7282" w:rsidRDefault="000C7282" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ICCM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C67DE6C" w14:textId="7E5A5984" w:rsidR="000C7282" w:rsidRDefault="000C7282" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£180.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C7282" w:rsidRPr="00C51274" w14:paraId="62F95316" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37078BB5" w14:textId="412C3F0B" w:rsidR="000C7282" w:rsidRDefault="000C7282" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Acuphon Ltd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37877752" w14:textId="1F7EE70F" w:rsidR="000C7282" w:rsidRDefault="000C7282" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£198.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C6B9E" w:rsidRPr="00C51274" w14:paraId="2D2AEC3A" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02517BFA" w14:textId="5A5BEF40" w:rsidR="009C6B9E" w:rsidRDefault="009C6B9E" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Ben Lapwood</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0DD82D" w14:textId="0B2BAC26" w:rsidR="009C6B9E" w:rsidRDefault="009C6B9E" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£2,124.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C6B9E" w:rsidRPr="00C51274" w14:paraId="55B54BE5" w14:textId="77777777" w:rsidTr="009161E6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="779BC989" w14:textId="04CEAE56" w:rsidR="009C6B9E" w:rsidRDefault="009C6B9E" w:rsidP="00733B05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Edge IT Systems Ltd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8F978A" w14:textId="67C26C07" w:rsidR="009C6B9E" w:rsidRDefault="009C6B9E" w:rsidP="005C319A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00077B1B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1,587.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="66E47FBE" w14:textId="77777777" w:rsidR="00B71ED5" w:rsidRPr="00C51274" w:rsidRDefault="00B71ED5" w:rsidP="00F0738D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3676F7CA" w14:textId="5822419B" w:rsidR="00946A57" w:rsidRPr="00C51274" w:rsidRDefault="00917E13" w:rsidP="00F0738D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>02721</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">Pre-Approved </w:t>
+      </w:r>
+      <w:r w:rsidR="00946A57" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>OHLSCR</w:t>
+        <w:t>Direct Debits:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D15EB1" w14:textId="6B6DE154" w:rsidR="00C157CA" w:rsidRPr="00C157CA" w:rsidRDefault="00F80D3C" w:rsidP="00361D3D">
-      <w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9908" w:type="dxa"/>
+        <w:tblInd w:w="-142" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5400"/>
+        <w:gridCol w:w="4508"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00946A57" w:rsidRPr="00C51274" w14:paraId="60C54B9D" w14:textId="77777777" w:rsidTr="00547FDF">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20A63BBA" w14:textId="77777777" w:rsidR="00946A57" w:rsidRPr="00C51274" w:rsidRDefault="00946A57" w:rsidP="00547FDF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Unity Trust Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="244E093E" w14:textId="2E9AD2C0" w:rsidR="00946A57" w:rsidRPr="00C51274" w:rsidRDefault="00946A57" w:rsidP="00547FDF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00E159CE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>31.35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00946A57" w:rsidRPr="00C51274" w14:paraId="16410514" w14:textId="77777777" w:rsidTr="00547FDF">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E0A34DF" w14:textId="5A23C992" w:rsidR="00946A57" w:rsidRPr="00C51274" w:rsidRDefault="00946A57" w:rsidP="00547FDF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Braintree District Council</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="189B3B5C" w14:textId="05883DCB" w:rsidR="00946A57" w:rsidRPr="00C51274" w:rsidRDefault="007174E8" w:rsidP="00547FDF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00E6223F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>183.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00946A57" w:rsidRPr="00C51274" w14:paraId="1DE56DBE" w14:textId="77777777" w:rsidTr="00547FDF">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B370CC8" w14:textId="47E17B80" w:rsidR="00946A57" w:rsidRPr="00C51274" w:rsidRDefault="00946A57" w:rsidP="00547FDF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>BT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F24247" w14:textId="40E2D4E8" w:rsidR="00946A57" w:rsidRPr="00C51274" w:rsidRDefault="00946A57" w:rsidP="00547FDF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="00185842">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>85.36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00917E13" w:rsidRPr="00C51274" w14:paraId="50D87706" w14:textId="77777777" w:rsidTr="00547FDF">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BA65FD" w14:textId="70E9CCA4" w:rsidR="00917E13" w:rsidRPr="00C51274" w:rsidRDefault="00917E13" w:rsidP="00547FDF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Now Pensions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE7774C" w14:textId="06705F18" w:rsidR="00917E13" w:rsidRPr="00C51274" w:rsidRDefault="00917E13" w:rsidP="00547FDF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51274">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Included in staff costs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="60ED3868" w14:textId="77777777" w:rsidR="00946A57" w:rsidRPr="00C51274" w:rsidRDefault="00946A57" w:rsidP="00F0738D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...535 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D10914">
+    </w:p>
+    <w:p w14:paraId="3EA7CCE1" w14:textId="53B8781B" w:rsidR="00F0738D" w:rsidRPr="00C51274" w:rsidRDefault="00F0738D" w:rsidP="00F0738D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">For further details of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001D0FCC">
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>any</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D10914">
+        <w:t xml:space="preserve">Councillor </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7008F" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00964EC0" w:rsidRPr="00D10914">
+        <w:t>Wallace</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>submissions</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D10914">
+        <w:t xml:space="preserve"> abstained</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2B38" w:rsidRPr="00C51274">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> made by the Committee, please see the</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00160632">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705EB951" w14:textId="6E840F17" w:rsidR="00FE5592" w:rsidRPr="00C51274" w:rsidRDefault="00590229" w:rsidP="002747C3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5592" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5EE9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>175</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5592" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> General Announcements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F046DC4" w14:textId="1FC94B5D" w:rsidR="00ED78E5" w:rsidRDefault="00BA5EE9" w:rsidP="00ED78E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Free Park Tennis – volunteers are needed to become ‘activators’ – an online course needs completing and a DBS check carried out</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72D1C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A264FF" w14:textId="07D400A5" w:rsidR="00BA5EE9" w:rsidRDefault="00BA5EE9" w:rsidP="00ED78E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Investigations are underway to see if the MUGA would be suitable for a netball court.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0FEDCC" w14:textId="224B3353" w:rsidR="00BA5EE9" w:rsidRPr="00ED78E5" w:rsidRDefault="00BA5EE9" w:rsidP="00ED78E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Unauthorised parking has continued on The Green.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31EBA9D9" w14:textId="77777777" w:rsidR="006A6033" w:rsidRPr="00FB2635" w:rsidRDefault="006A6033" w:rsidP="006A6033">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
-          <w:iCs/>
-[...2 lines deleted...]
-      </w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3952E154" w14:textId="4075D712" w:rsidR="00C518FB" w:rsidRPr="00C518FB" w:rsidRDefault="00964EC0" w:rsidP="00C518FB">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="3A82C316" w14:textId="77777777" w:rsidR="002B1F21" w:rsidRPr="00C51274" w:rsidRDefault="002B1F21" w:rsidP="00C378D8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...23 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C518FB" w:rsidRPr="00C518FB" w:rsidSect="009C58E8">
+    <w:p w14:paraId="4CF0BE6F" w14:textId="0CE4B2CD" w:rsidR="00D30E21" w:rsidRPr="00C51274" w:rsidRDefault="00493209" w:rsidP="00C378D8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45F41" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>meeting</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30E21" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> closed </w:t>
+      </w:r>
+      <w:r w:rsidR="002B1539" w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5EE9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8.17pm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD1AA46" w14:textId="3BF25CB0" w:rsidR="007205D0" w:rsidRPr="00C51274" w:rsidRDefault="007205D0" w:rsidP="00C378D8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C51274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The next meeting will be held on </w:t>
+      </w:r>
+      <w:r w:rsidR="00314975">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Monday </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5EE9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5EE9" w:rsidRPr="00BA5EE9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5EE9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> February</w:t>
+      </w:r>
+      <w:r w:rsidR="003D4CA1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007205D0" w:rsidRPr="00C51274" w:rsidSect="009161E6">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="991" w:bottom="993" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1133" w:bottom="1276" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2EAAEFC8" w14:textId="77777777" w:rsidR="00B82F4D" w:rsidRDefault="00B82F4D" w:rsidP="00F64C46">
+    <w:p w14:paraId="0E0D266E" w14:textId="77777777" w:rsidR="00A74763" w:rsidRDefault="00A74763" w:rsidP="00F64C46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A7A8237" w14:textId="77777777" w:rsidR="00B82F4D" w:rsidRDefault="00B82F4D" w:rsidP="00F64C46">
+    <w:p w14:paraId="604C2C48" w14:textId="77777777" w:rsidR="00A74763" w:rsidRDefault="00A74763" w:rsidP="00F64C46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Agenda Light">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1332B6A8" w14:textId="085FD705" w:rsidR="00B32CCC" w:rsidRPr="00F23A66" w:rsidRDefault="00B32CCC" w:rsidP="00110DC7">
+  <w:p w14:paraId="2101F0C7" w14:textId="0DF47AFF" w:rsidR="00026098" w:rsidRPr="00F23A66" w:rsidRDefault="008A47F4" w:rsidP="000C434C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:caps/>
       </w:rPr>
-      <w:t>Pg</w:t>
-[...4 lines deleted...]
-      </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00F23A66">
+    <w:r w:rsidR="00026098" w:rsidRPr="00F23A66">
       <w:rPr>
         <w:caps/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="009049FC">
       <w:rPr>
         <w:caps/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00F80D3C">
+    <w:r w:rsidR="00E3187E">
       <w:rPr>
         <w:caps/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidRPr="00F23A66">
+    <w:r w:rsidR="00026098" w:rsidRPr="00F23A66">
       <w:rPr>
         <w:caps/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidRPr="001C1E71">
+    <w:r w:rsidR="00026098" w:rsidRPr="00F23A66">
       <w:rPr>
         <w:caps/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="001C1E71">
+    <w:r w:rsidR="00026098" w:rsidRPr="00F23A66">
       <w:rPr>
         <w:caps/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="001C1E71">
+    <w:r w:rsidR="00026098" w:rsidRPr="00F23A66">
       <w:rPr>
         <w:caps/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00952FF3">
       <w:rPr>
         <w:caps/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidRPr="001C1E71">
+    <w:r w:rsidR="00026098" w:rsidRPr="00F23A66">
       <w:rPr>
         <w:caps/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="063CA445" w14:textId="77777777" w:rsidR="00F64C46" w:rsidRDefault="00F64C46">
+  <w:p w14:paraId="5C8C45B7" w14:textId="77777777" w:rsidR="00F64C46" w:rsidRDefault="00F64C46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51CD80A7" w14:textId="77777777" w:rsidR="00B82F4D" w:rsidRDefault="00B82F4D" w:rsidP="00F64C46">
+    <w:p w14:paraId="680BE4FE" w14:textId="77777777" w:rsidR="00A74763" w:rsidRDefault="00A74763" w:rsidP="00F64C46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09F641A7" w14:textId="77777777" w:rsidR="00B82F4D" w:rsidRDefault="00B82F4D" w:rsidP="00F64C46">
+    <w:p w14:paraId="2512155E" w14:textId="77777777" w:rsidR="00A74763" w:rsidRDefault="00A74763" w:rsidP="00F64C46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="09F64467"/>
+    <w:nsid w:val="008C16B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DAC8BAAC"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="EDB83C0E"/>
+    <w:lvl w:ilvl="0" w:tplc="D4C4E968">
+      <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="906" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1626" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2346" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3066" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3786" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4506" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="089D1819"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BF43C88"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5226" w:hanging="360"/>
+        <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5946" w:hanging="360"/>
+        <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6666" w:hanging="360"/>
+        <w:ind w:left="2220" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0A36697D"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C321AF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6026F426"/>
-    <w:lvl w:ilvl="0" w:tplc="202E04E8">
+    <w:tmpl w:val="E11C99B4"/>
+    <w:lvl w:ilvl="0" w:tplc="ECFE7548">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0EC70E85"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F402B20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7ED8B7BC"/>
-[...2821 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="F36AF260">
+    <w:tmpl w:val="5778F958"/>
+    <w:lvl w:ilvl="0" w:tplc="56D6E6EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -4811,54 +4567,770 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7FF47CF1"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F146C76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FC90E500"/>
+    <w:tmpl w:val="FC72269C"/>
+    <w:lvl w:ilvl="0" w:tplc="21AE5352">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20B743EC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="72A2333E"/>
+    <w:lvl w:ilvl="0" w:tplc="96860872">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BDE1915"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7FA45E36"/>
+    <w:lvl w:ilvl="0" w:tplc="006C6992">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C324669"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E9643064"/>
+    <w:lvl w:ilvl="0" w:tplc="F4784F7E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EC33695"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7F2E8556"/>
+    <w:lvl w:ilvl="0" w:tplc="BB02AFDE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30ED36E9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1AB6FDAA"/>
+    <w:lvl w:ilvl="0" w:tplc="42C29B52">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31111262"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EC68EF0C"/>
+    <w:lvl w:ilvl="0" w:tplc="72FC8FFA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32FD3EEF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6220BF5A"/>
+    <w:lvl w:ilvl="0" w:tplc="688C2FA2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:iCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40CE5A05"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67BAB60E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -4924,2636 +5396,5266 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1839223728">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47B70B04"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C368794"/>
+    <w:lvl w:ilvl="0" w:tplc="B5D06786">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="482D2E07"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7ED8B7BC"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4984086D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C15C8EDA"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B497922"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D0D04782"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BD14DC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4626AB1C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C1E4E26"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19AAD41E"/>
+    <w:lvl w:ilvl="0" w:tplc="218EB40E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F7A43B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B71E6C98"/>
+    <w:lvl w:ilvl="0" w:tplc="21CCD4F8">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorHAnsi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E6359A6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="27E857A6"/>
+    <w:lvl w:ilvl="0" w:tplc="3850BF6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65F410CD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="774C3E30"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66EE02A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="53787516"/>
+    <w:lvl w:ilvl="0" w:tplc="F2ECF792">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="685D1487"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="46F235BE"/>
+    <w:lvl w:ilvl="0" w:tplc="B58677B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6BDC2A72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D820F41C"/>
+    <w:lvl w:ilvl="0" w:tplc="B38A3CB8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FC642C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4E41376"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="36243257">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1591963046">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="100225769">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1714964285">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1382317806">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1574928091">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1650669636">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="115031463">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1751392223">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="387463613">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="27340684">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1276988456">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="16010665">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="519511191">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2089764401">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1672828451">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="452216840">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="17" w16cid:durableId="2139836676">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1426263995">
-    <w:abstractNumId w:val="32"/>
+  <w:num w:numId="18" w16cid:durableId="2113738058">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1331523080">
+  <w:num w:numId="19" w16cid:durableId="1789737152">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2061904665">
-[...8 lines deleted...]
-  <w:num w:numId="8" w16cid:durableId="988486071">
+  <w:num w:numId="20" w16cid:durableId="677776618">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="303704847">
+  <w:num w:numId="21" w16cid:durableId="483201017">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="707413809">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1443262127">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1734738038">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="329061330">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="445537915">
-[...38 lines deleted...]
-  <w:num w:numId="23" w16cid:durableId="116727232">
+  <w:num w:numId="26" w16cid:durableId="521674232">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="2122800945">
-[...29 lines deleted...]
-  <w:numIdMacAtCleanup w:val="4"/>
+  <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0070202A"/>
+    <w:rsid w:val="000006F0"/>
     <w:rsid w:val="00000FF1"/>
+    <w:rsid w:val="000018CB"/>
     <w:rsid w:val="00001AB5"/>
     <w:rsid w:val="00001C30"/>
+    <w:rsid w:val="0000209B"/>
     <w:rsid w:val="0000244E"/>
     <w:rsid w:val="000029E6"/>
-    <w:rsid w:val="000041AE"/>
-    <w:rsid w:val="000056B2"/>
     <w:rsid w:val="00006A1D"/>
     <w:rsid w:val="00006DCC"/>
+    <w:rsid w:val="000078AB"/>
+    <w:rsid w:val="000113A9"/>
+    <w:rsid w:val="0001154E"/>
     <w:rsid w:val="00011CA7"/>
     <w:rsid w:val="000124A7"/>
     <w:rsid w:val="00013DB9"/>
     <w:rsid w:val="0001405B"/>
     <w:rsid w:val="000141BB"/>
     <w:rsid w:val="0001531C"/>
     <w:rsid w:val="00015DED"/>
     <w:rsid w:val="000161E0"/>
     <w:rsid w:val="0002021A"/>
-    <w:rsid w:val="00021BEE"/>
+    <w:rsid w:val="00020342"/>
     <w:rsid w:val="00021F5D"/>
     <w:rsid w:val="00023217"/>
+    <w:rsid w:val="000238FB"/>
+    <w:rsid w:val="00023F6B"/>
+    <w:rsid w:val="000242AB"/>
     <w:rsid w:val="000245E1"/>
     <w:rsid w:val="00025680"/>
     <w:rsid w:val="00025B00"/>
     <w:rsid w:val="00026098"/>
     <w:rsid w:val="0002669E"/>
     <w:rsid w:val="000273F0"/>
     <w:rsid w:val="000275E3"/>
     <w:rsid w:val="00027E1C"/>
-    <w:rsid w:val="00030D2F"/>
+    <w:rsid w:val="00027F0A"/>
+    <w:rsid w:val="000311A8"/>
     <w:rsid w:val="000318CA"/>
+    <w:rsid w:val="00031B9C"/>
     <w:rsid w:val="00031E8D"/>
+    <w:rsid w:val="00032CF9"/>
     <w:rsid w:val="0003301C"/>
     <w:rsid w:val="000331B5"/>
     <w:rsid w:val="00034B4A"/>
+    <w:rsid w:val="00034E97"/>
     <w:rsid w:val="000356F9"/>
     <w:rsid w:val="00035DEC"/>
+    <w:rsid w:val="000360DB"/>
     <w:rsid w:val="00036BA1"/>
     <w:rsid w:val="00036EE6"/>
+    <w:rsid w:val="00037167"/>
     <w:rsid w:val="00037628"/>
+    <w:rsid w:val="000409B3"/>
     <w:rsid w:val="0004110C"/>
     <w:rsid w:val="000417AB"/>
-    <w:rsid w:val="00042033"/>
+    <w:rsid w:val="00041CD2"/>
+    <w:rsid w:val="000428AB"/>
     <w:rsid w:val="00043F87"/>
+    <w:rsid w:val="000445C3"/>
     <w:rsid w:val="00046465"/>
+    <w:rsid w:val="00046568"/>
+    <w:rsid w:val="00046D0E"/>
+    <w:rsid w:val="00047219"/>
+    <w:rsid w:val="00047389"/>
+    <w:rsid w:val="00047848"/>
+    <w:rsid w:val="0004788E"/>
     <w:rsid w:val="00047DBB"/>
-    <w:rsid w:val="00050FE6"/>
+    <w:rsid w:val="00050BE5"/>
     <w:rsid w:val="00051039"/>
+    <w:rsid w:val="000519BC"/>
     <w:rsid w:val="0005316E"/>
     <w:rsid w:val="00053811"/>
     <w:rsid w:val="00054568"/>
     <w:rsid w:val="000546CA"/>
+    <w:rsid w:val="0005565D"/>
     <w:rsid w:val="000568E5"/>
     <w:rsid w:val="0005776C"/>
     <w:rsid w:val="00057B9F"/>
     <w:rsid w:val="000609A6"/>
     <w:rsid w:val="000610FE"/>
     <w:rsid w:val="00061199"/>
     <w:rsid w:val="0006129D"/>
+    <w:rsid w:val="000616EC"/>
     <w:rsid w:val="000621BB"/>
+    <w:rsid w:val="00064064"/>
     <w:rsid w:val="00064164"/>
     <w:rsid w:val="000643E0"/>
     <w:rsid w:val="00064581"/>
     <w:rsid w:val="00064966"/>
+    <w:rsid w:val="00066C76"/>
     <w:rsid w:val="00067C8C"/>
     <w:rsid w:val="00071151"/>
+    <w:rsid w:val="00072273"/>
+    <w:rsid w:val="000727B6"/>
     <w:rsid w:val="00072BC3"/>
     <w:rsid w:val="00073045"/>
     <w:rsid w:val="00073AB8"/>
     <w:rsid w:val="00073E1B"/>
     <w:rsid w:val="000742A2"/>
     <w:rsid w:val="0007458A"/>
     <w:rsid w:val="00075CA9"/>
     <w:rsid w:val="00075F32"/>
     <w:rsid w:val="000769C2"/>
     <w:rsid w:val="00076BD9"/>
+    <w:rsid w:val="00077013"/>
     <w:rsid w:val="0007725C"/>
+    <w:rsid w:val="00077B1B"/>
     <w:rsid w:val="00077FB9"/>
     <w:rsid w:val="00080A4C"/>
     <w:rsid w:val="00082092"/>
+    <w:rsid w:val="0008230F"/>
+    <w:rsid w:val="00082A5E"/>
     <w:rsid w:val="00083DF1"/>
     <w:rsid w:val="00083EDF"/>
+    <w:rsid w:val="00084446"/>
     <w:rsid w:val="00084A08"/>
     <w:rsid w:val="00084CE3"/>
     <w:rsid w:val="000858D4"/>
     <w:rsid w:val="0008639E"/>
     <w:rsid w:val="00086573"/>
+    <w:rsid w:val="00086A1D"/>
+    <w:rsid w:val="00087446"/>
+    <w:rsid w:val="000902D8"/>
     <w:rsid w:val="0009097D"/>
+    <w:rsid w:val="00091452"/>
+    <w:rsid w:val="00091AF6"/>
     <w:rsid w:val="000922D2"/>
     <w:rsid w:val="00093279"/>
     <w:rsid w:val="00093CAB"/>
     <w:rsid w:val="00094BCF"/>
     <w:rsid w:val="00094EA9"/>
     <w:rsid w:val="00094F49"/>
     <w:rsid w:val="00094FCA"/>
     <w:rsid w:val="00095561"/>
-    <w:rsid w:val="000A03D5"/>
+    <w:rsid w:val="00097090"/>
     <w:rsid w:val="000A0F5C"/>
     <w:rsid w:val="000A10E1"/>
-    <w:rsid w:val="000A37FA"/>
     <w:rsid w:val="000A44B3"/>
     <w:rsid w:val="000A4ACE"/>
+    <w:rsid w:val="000A51C1"/>
+    <w:rsid w:val="000A655E"/>
     <w:rsid w:val="000A681B"/>
+    <w:rsid w:val="000A696D"/>
+    <w:rsid w:val="000A73B4"/>
     <w:rsid w:val="000A74B5"/>
+    <w:rsid w:val="000A7BF8"/>
     <w:rsid w:val="000B0000"/>
+    <w:rsid w:val="000B02EF"/>
     <w:rsid w:val="000B162C"/>
     <w:rsid w:val="000B166E"/>
     <w:rsid w:val="000B207E"/>
+    <w:rsid w:val="000B38D5"/>
+    <w:rsid w:val="000B4621"/>
     <w:rsid w:val="000B4949"/>
     <w:rsid w:val="000B5D7D"/>
     <w:rsid w:val="000B6501"/>
     <w:rsid w:val="000B73E9"/>
     <w:rsid w:val="000B7CAA"/>
     <w:rsid w:val="000B7EA0"/>
-    <w:rsid w:val="000B7FE2"/>
+    <w:rsid w:val="000C01A6"/>
+    <w:rsid w:val="000C0201"/>
+    <w:rsid w:val="000C0B18"/>
+    <w:rsid w:val="000C0FE4"/>
     <w:rsid w:val="000C1426"/>
-    <w:rsid w:val="000C1B29"/>
+    <w:rsid w:val="000C175F"/>
+    <w:rsid w:val="000C1CB8"/>
+    <w:rsid w:val="000C1DE8"/>
+    <w:rsid w:val="000C2CD8"/>
     <w:rsid w:val="000C4327"/>
+    <w:rsid w:val="000C434C"/>
+    <w:rsid w:val="000C4D92"/>
+    <w:rsid w:val="000C559B"/>
     <w:rsid w:val="000C69C9"/>
+    <w:rsid w:val="000C7282"/>
+    <w:rsid w:val="000C7B9E"/>
+    <w:rsid w:val="000C7FBE"/>
     <w:rsid w:val="000D0E01"/>
     <w:rsid w:val="000D11C1"/>
-    <w:rsid w:val="000D2457"/>
     <w:rsid w:val="000D2488"/>
-    <w:rsid w:val="000D2F46"/>
+    <w:rsid w:val="000D275D"/>
     <w:rsid w:val="000D38D6"/>
+    <w:rsid w:val="000D3F22"/>
+    <w:rsid w:val="000D4F1E"/>
+    <w:rsid w:val="000D4FA3"/>
     <w:rsid w:val="000D5830"/>
     <w:rsid w:val="000D5884"/>
+    <w:rsid w:val="000D5CEF"/>
+    <w:rsid w:val="000D5E75"/>
+    <w:rsid w:val="000D631F"/>
+    <w:rsid w:val="000D634C"/>
     <w:rsid w:val="000D650A"/>
-    <w:rsid w:val="000D7B7F"/>
+    <w:rsid w:val="000D65C4"/>
+    <w:rsid w:val="000D79DB"/>
+    <w:rsid w:val="000D7ADD"/>
     <w:rsid w:val="000D7FEB"/>
     <w:rsid w:val="000E1173"/>
     <w:rsid w:val="000E1BBE"/>
     <w:rsid w:val="000E23DF"/>
     <w:rsid w:val="000E2B4E"/>
+    <w:rsid w:val="000E4DD7"/>
+    <w:rsid w:val="000E53F8"/>
     <w:rsid w:val="000E605D"/>
     <w:rsid w:val="000E6151"/>
+    <w:rsid w:val="000E69EF"/>
     <w:rsid w:val="000E78E4"/>
+    <w:rsid w:val="000F0D14"/>
     <w:rsid w:val="000F14E7"/>
-    <w:rsid w:val="000F1B6C"/>
-    <w:rsid w:val="000F258E"/>
+    <w:rsid w:val="000F2575"/>
     <w:rsid w:val="000F29AD"/>
-    <w:rsid w:val="000F4B71"/>
+    <w:rsid w:val="000F44DE"/>
+    <w:rsid w:val="000F50DA"/>
     <w:rsid w:val="000F52C7"/>
+    <w:rsid w:val="000F560E"/>
     <w:rsid w:val="000F5765"/>
     <w:rsid w:val="000F5A1F"/>
     <w:rsid w:val="000F5D07"/>
+    <w:rsid w:val="000F688F"/>
     <w:rsid w:val="000F7A58"/>
+    <w:rsid w:val="00100357"/>
     <w:rsid w:val="001011C8"/>
+    <w:rsid w:val="001014B6"/>
     <w:rsid w:val="00101576"/>
     <w:rsid w:val="00101850"/>
+    <w:rsid w:val="00103490"/>
+    <w:rsid w:val="001036EE"/>
     <w:rsid w:val="001041E3"/>
+    <w:rsid w:val="00104561"/>
     <w:rsid w:val="00104AD2"/>
     <w:rsid w:val="001058DA"/>
     <w:rsid w:val="00105A5D"/>
-    <w:rsid w:val="00105C5C"/>
     <w:rsid w:val="00106D1A"/>
     <w:rsid w:val="00107AC9"/>
+    <w:rsid w:val="00107C8A"/>
+    <w:rsid w:val="00110243"/>
     <w:rsid w:val="00110293"/>
+    <w:rsid w:val="0011067A"/>
     <w:rsid w:val="00110C4D"/>
-    <w:rsid w:val="00110DC7"/>
     <w:rsid w:val="0011110A"/>
+    <w:rsid w:val="001111D6"/>
+    <w:rsid w:val="001112FD"/>
+    <w:rsid w:val="00111FEC"/>
     <w:rsid w:val="001125A1"/>
     <w:rsid w:val="00112817"/>
     <w:rsid w:val="001136FD"/>
     <w:rsid w:val="00113AD3"/>
     <w:rsid w:val="001145FD"/>
+    <w:rsid w:val="00114667"/>
     <w:rsid w:val="0011474E"/>
+    <w:rsid w:val="0011508E"/>
+    <w:rsid w:val="0011541D"/>
     <w:rsid w:val="00115472"/>
     <w:rsid w:val="0011573E"/>
     <w:rsid w:val="00115788"/>
     <w:rsid w:val="00115AA8"/>
+    <w:rsid w:val="00115C3A"/>
+    <w:rsid w:val="0011649D"/>
     <w:rsid w:val="0011682A"/>
+    <w:rsid w:val="00116D73"/>
     <w:rsid w:val="00117656"/>
+    <w:rsid w:val="0012010C"/>
+    <w:rsid w:val="00120122"/>
     <w:rsid w:val="001203F1"/>
     <w:rsid w:val="001208DB"/>
+    <w:rsid w:val="00121497"/>
     <w:rsid w:val="00121F30"/>
     <w:rsid w:val="00122238"/>
     <w:rsid w:val="001233DA"/>
+    <w:rsid w:val="0012394A"/>
     <w:rsid w:val="00123A01"/>
+    <w:rsid w:val="00123EB2"/>
     <w:rsid w:val="001243BB"/>
+    <w:rsid w:val="0012482B"/>
+    <w:rsid w:val="00124D16"/>
     <w:rsid w:val="00125617"/>
+    <w:rsid w:val="00125CEF"/>
     <w:rsid w:val="00126263"/>
     <w:rsid w:val="00126843"/>
     <w:rsid w:val="00127994"/>
+    <w:rsid w:val="00127DC9"/>
     <w:rsid w:val="00130C64"/>
-    <w:rsid w:val="001320E9"/>
+    <w:rsid w:val="001318F4"/>
+    <w:rsid w:val="001321AA"/>
     <w:rsid w:val="00132B54"/>
+    <w:rsid w:val="0013484E"/>
     <w:rsid w:val="00135EB8"/>
     <w:rsid w:val="001360E1"/>
     <w:rsid w:val="001364B2"/>
-    <w:rsid w:val="00136BB8"/>
+    <w:rsid w:val="00137630"/>
+    <w:rsid w:val="00137B51"/>
     <w:rsid w:val="00140557"/>
     <w:rsid w:val="001407DA"/>
     <w:rsid w:val="00140C45"/>
-    <w:rsid w:val="0014211C"/>
     <w:rsid w:val="001424CD"/>
+    <w:rsid w:val="00143497"/>
     <w:rsid w:val="0014388E"/>
+    <w:rsid w:val="00143A27"/>
     <w:rsid w:val="00144685"/>
     <w:rsid w:val="0014482B"/>
     <w:rsid w:val="00145ADE"/>
+    <w:rsid w:val="00145D1D"/>
+    <w:rsid w:val="00145F12"/>
     <w:rsid w:val="001461A3"/>
+    <w:rsid w:val="00146567"/>
     <w:rsid w:val="001500D5"/>
+    <w:rsid w:val="00150641"/>
+    <w:rsid w:val="00151146"/>
     <w:rsid w:val="0015209B"/>
+    <w:rsid w:val="00152DDC"/>
     <w:rsid w:val="001538D0"/>
+    <w:rsid w:val="00153AF4"/>
     <w:rsid w:val="0015421E"/>
+    <w:rsid w:val="00154E00"/>
     <w:rsid w:val="00154ECB"/>
     <w:rsid w:val="0015559B"/>
     <w:rsid w:val="00155F0E"/>
     <w:rsid w:val="001564E6"/>
+    <w:rsid w:val="00156B53"/>
     <w:rsid w:val="00157141"/>
     <w:rsid w:val="00157E1F"/>
     <w:rsid w:val="00160486"/>
-    <w:rsid w:val="00160632"/>
+    <w:rsid w:val="00160549"/>
     <w:rsid w:val="00160BFA"/>
+    <w:rsid w:val="00160C2C"/>
+    <w:rsid w:val="001619BD"/>
     <w:rsid w:val="001620BA"/>
+    <w:rsid w:val="0016210D"/>
     <w:rsid w:val="0016225D"/>
-    <w:rsid w:val="0016329E"/>
+    <w:rsid w:val="001627E0"/>
+    <w:rsid w:val="00162E35"/>
+    <w:rsid w:val="001634EE"/>
+    <w:rsid w:val="00164830"/>
+    <w:rsid w:val="00164FB7"/>
     <w:rsid w:val="0016501F"/>
     <w:rsid w:val="00166809"/>
     <w:rsid w:val="001700E2"/>
-    <w:rsid w:val="00170508"/>
     <w:rsid w:val="0017151D"/>
+    <w:rsid w:val="0017161D"/>
     <w:rsid w:val="00171BCC"/>
     <w:rsid w:val="001722E2"/>
+    <w:rsid w:val="0017261B"/>
     <w:rsid w:val="00172FD0"/>
     <w:rsid w:val="001738F8"/>
+    <w:rsid w:val="00173902"/>
     <w:rsid w:val="00174335"/>
-    <w:rsid w:val="0017548E"/>
+    <w:rsid w:val="001747C0"/>
+    <w:rsid w:val="00174A82"/>
     <w:rsid w:val="0017584B"/>
     <w:rsid w:val="00175B54"/>
-    <w:rsid w:val="00177F28"/>
+    <w:rsid w:val="00177A3E"/>
+    <w:rsid w:val="00180D29"/>
+    <w:rsid w:val="00181E32"/>
     <w:rsid w:val="00182129"/>
     <w:rsid w:val="001828AA"/>
+    <w:rsid w:val="0018322F"/>
     <w:rsid w:val="001832E8"/>
     <w:rsid w:val="00183732"/>
     <w:rsid w:val="00183AED"/>
     <w:rsid w:val="00184798"/>
+    <w:rsid w:val="00184F24"/>
+    <w:rsid w:val="00185011"/>
     <w:rsid w:val="001850F3"/>
-    <w:rsid w:val="00185FA1"/>
+    <w:rsid w:val="00185842"/>
+    <w:rsid w:val="00185C91"/>
     <w:rsid w:val="00187FDE"/>
     <w:rsid w:val="001927D1"/>
     <w:rsid w:val="00192C80"/>
     <w:rsid w:val="00192FDB"/>
     <w:rsid w:val="00193718"/>
+    <w:rsid w:val="0019408E"/>
     <w:rsid w:val="00194837"/>
     <w:rsid w:val="00194AEC"/>
     <w:rsid w:val="00194F26"/>
     <w:rsid w:val="0019504F"/>
     <w:rsid w:val="00196179"/>
     <w:rsid w:val="00196692"/>
+    <w:rsid w:val="00197729"/>
+    <w:rsid w:val="001979C1"/>
+    <w:rsid w:val="00197D91"/>
     <w:rsid w:val="001A0193"/>
     <w:rsid w:val="001A0D36"/>
     <w:rsid w:val="001A25A4"/>
     <w:rsid w:val="001A2F93"/>
     <w:rsid w:val="001A30CF"/>
+    <w:rsid w:val="001A34D2"/>
     <w:rsid w:val="001A385F"/>
+    <w:rsid w:val="001A44D9"/>
     <w:rsid w:val="001A52C2"/>
     <w:rsid w:val="001A60C6"/>
+    <w:rsid w:val="001A6560"/>
+    <w:rsid w:val="001A6BFB"/>
     <w:rsid w:val="001A73BD"/>
+    <w:rsid w:val="001A7662"/>
+    <w:rsid w:val="001A7961"/>
+    <w:rsid w:val="001B090A"/>
     <w:rsid w:val="001B3107"/>
     <w:rsid w:val="001B3958"/>
     <w:rsid w:val="001B39C7"/>
+    <w:rsid w:val="001B39DF"/>
     <w:rsid w:val="001B4535"/>
+    <w:rsid w:val="001B5215"/>
+    <w:rsid w:val="001B5447"/>
+    <w:rsid w:val="001B577B"/>
     <w:rsid w:val="001B64B0"/>
-    <w:rsid w:val="001B6985"/>
     <w:rsid w:val="001B6CAD"/>
-    <w:rsid w:val="001C05BF"/>
     <w:rsid w:val="001C0E3C"/>
+    <w:rsid w:val="001C14C1"/>
     <w:rsid w:val="001C402A"/>
+    <w:rsid w:val="001C5A64"/>
     <w:rsid w:val="001C65EA"/>
-    <w:rsid w:val="001C6F07"/>
+    <w:rsid w:val="001C6603"/>
+    <w:rsid w:val="001C6D1C"/>
     <w:rsid w:val="001C7507"/>
+    <w:rsid w:val="001C7899"/>
     <w:rsid w:val="001D0069"/>
     <w:rsid w:val="001D0404"/>
     <w:rsid w:val="001D079B"/>
-    <w:rsid w:val="001D0FCC"/>
     <w:rsid w:val="001D1231"/>
+    <w:rsid w:val="001D1833"/>
     <w:rsid w:val="001D1DB1"/>
+    <w:rsid w:val="001D287A"/>
+    <w:rsid w:val="001D2D32"/>
+    <w:rsid w:val="001D2ED4"/>
+    <w:rsid w:val="001D30D4"/>
     <w:rsid w:val="001D4907"/>
+    <w:rsid w:val="001D4D0E"/>
+    <w:rsid w:val="001D4D8E"/>
     <w:rsid w:val="001D5234"/>
     <w:rsid w:val="001D5383"/>
+    <w:rsid w:val="001D5590"/>
     <w:rsid w:val="001D5EEC"/>
     <w:rsid w:val="001D5FD9"/>
+    <w:rsid w:val="001D6413"/>
+    <w:rsid w:val="001D7111"/>
     <w:rsid w:val="001D7C67"/>
     <w:rsid w:val="001E0BA9"/>
     <w:rsid w:val="001E27DE"/>
     <w:rsid w:val="001E2A29"/>
     <w:rsid w:val="001E31E1"/>
-    <w:rsid w:val="001E393A"/>
     <w:rsid w:val="001E4456"/>
+    <w:rsid w:val="001E4BDA"/>
     <w:rsid w:val="001E6416"/>
     <w:rsid w:val="001E654A"/>
     <w:rsid w:val="001E65F6"/>
-    <w:rsid w:val="001E68B9"/>
     <w:rsid w:val="001E69AE"/>
-    <w:rsid w:val="001F001C"/>
+    <w:rsid w:val="001E6FA1"/>
+    <w:rsid w:val="001F0268"/>
     <w:rsid w:val="001F089C"/>
+    <w:rsid w:val="001F0FFB"/>
     <w:rsid w:val="001F1088"/>
+    <w:rsid w:val="001F1678"/>
+    <w:rsid w:val="001F1C3D"/>
     <w:rsid w:val="001F1F2A"/>
+    <w:rsid w:val="001F2BA6"/>
     <w:rsid w:val="001F3366"/>
     <w:rsid w:val="001F3824"/>
+    <w:rsid w:val="001F3E30"/>
     <w:rsid w:val="001F459B"/>
+    <w:rsid w:val="001F4AFF"/>
+    <w:rsid w:val="001F5F7B"/>
     <w:rsid w:val="001F5F99"/>
+    <w:rsid w:val="001F63D3"/>
+    <w:rsid w:val="001F6B92"/>
     <w:rsid w:val="001F72AB"/>
     <w:rsid w:val="001F7ACB"/>
+    <w:rsid w:val="001F7C41"/>
     <w:rsid w:val="002000BA"/>
+    <w:rsid w:val="00200DCC"/>
+    <w:rsid w:val="002013D4"/>
     <w:rsid w:val="00201588"/>
     <w:rsid w:val="0020265C"/>
     <w:rsid w:val="00202F7D"/>
-    <w:rsid w:val="002034C0"/>
     <w:rsid w:val="00203741"/>
-    <w:rsid w:val="002038F6"/>
+    <w:rsid w:val="00206393"/>
+    <w:rsid w:val="00206B9A"/>
     <w:rsid w:val="00207074"/>
     <w:rsid w:val="00207C4D"/>
     <w:rsid w:val="0021086B"/>
+    <w:rsid w:val="00210C78"/>
     <w:rsid w:val="00210D7F"/>
+    <w:rsid w:val="0021174B"/>
+    <w:rsid w:val="00211EB9"/>
     <w:rsid w:val="0021215F"/>
+    <w:rsid w:val="0021230A"/>
+    <w:rsid w:val="00212D57"/>
+    <w:rsid w:val="002133B1"/>
     <w:rsid w:val="0021372E"/>
+    <w:rsid w:val="00213992"/>
+    <w:rsid w:val="00213AD7"/>
     <w:rsid w:val="0021400A"/>
     <w:rsid w:val="002140FD"/>
     <w:rsid w:val="0021499A"/>
+    <w:rsid w:val="00214D28"/>
+    <w:rsid w:val="00214DDA"/>
+    <w:rsid w:val="00215046"/>
+    <w:rsid w:val="0021514C"/>
     <w:rsid w:val="00215A57"/>
     <w:rsid w:val="00215A78"/>
-    <w:rsid w:val="00215B25"/>
+    <w:rsid w:val="00215E6E"/>
     <w:rsid w:val="0021791E"/>
+    <w:rsid w:val="00217A24"/>
     <w:rsid w:val="00217D86"/>
-    <w:rsid w:val="00220C27"/>
+    <w:rsid w:val="00220907"/>
     <w:rsid w:val="00221F01"/>
-    <w:rsid w:val="00222E11"/>
+    <w:rsid w:val="00222B83"/>
+    <w:rsid w:val="00222C64"/>
+    <w:rsid w:val="00222FD3"/>
+    <w:rsid w:val="00224001"/>
+    <w:rsid w:val="00224188"/>
+    <w:rsid w:val="00225182"/>
+    <w:rsid w:val="002251E7"/>
     <w:rsid w:val="00225809"/>
     <w:rsid w:val="00225861"/>
+    <w:rsid w:val="00225CD4"/>
     <w:rsid w:val="00225D39"/>
+    <w:rsid w:val="002265FC"/>
+    <w:rsid w:val="00227CCE"/>
     <w:rsid w:val="0023009F"/>
     <w:rsid w:val="00231D7F"/>
+    <w:rsid w:val="00232733"/>
     <w:rsid w:val="002330B9"/>
     <w:rsid w:val="002334EB"/>
     <w:rsid w:val="002337FD"/>
-    <w:rsid w:val="00233D66"/>
+    <w:rsid w:val="00233960"/>
+    <w:rsid w:val="002339B2"/>
+    <w:rsid w:val="0023415C"/>
+    <w:rsid w:val="0023432E"/>
     <w:rsid w:val="002345C8"/>
+    <w:rsid w:val="002347D5"/>
     <w:rsid w:val="0023491C"/>
-    <w:rsid w:val="00235C02"/>
     <w:rsid w:val="00236352"/>
     <w:rsid w:val="002365B3"/>
     <w:rsid w:val="002369E3"/>
-    <w:rsid w:val="00236E5C"/>
     <w:rsid w:val="00236E90"/>
+    <w:rsid w:val="00237029"/>
     <w:rsid w:val="00237315"/>
+    <w:rsid w:val="00237651"/>
     <w:rsid w:val="0023784F"/>
+    <w:rsid w:val="00237F8E"/>
+    <w:rsid w:val="00237F9B"/>
+    <w:rsid w:val="00240391"/>
     <w:rsid w:val="00240647"/>
     <w:rsid w:val="002407D6"/>
     <w:rsid w:val="00240B2B"/>
     <w:rsid w:val="00240EEE"/>
+    <w:rsid w:val="0024119B"/>
+    <w:rsid w:val="00241A9B"/>
     <w:rsid w:val="00241E6F"/>
     <w:rsid w:val="00242208"/>
     <w:rsid w:val="002424E3"/>
     <w:rsid w:val="00242E7C"/>
     <w:rsid w:val="002434AC"/>
     <w:rsid w:val="00243916"/>
-    <w:rsid w:val="00244135"/>
+    <w:rsid w:val="00243ACB"/>
+    <w:rsid w:val="00244ACF"/>
     <w:rsid w:val="00244B17"/>
     <w:rsid w:val="00244B64"/>
+    <w:rsid w:val="00244B6B"/>
+    <w:rsid w:val="00244E4A"/>
+    <w:rsid w:val="00246191"/>
+    <w:rsid w:val="00246277"/>
+    <w:rsid w:val="00246E33"/>
+    <w:rsid w:val="002475A5"/>
+    <w:rsid w:val="002507B6"/>
+    <w:rsid w:val="00250CDD"/>
+    <w:rsid w:val="00250EE4"/>
     <w:rsid w:val="00251B71"/>
     <w:rsid w:val="00252156"/>
+    <w:rsid w:val="002530FA"/>
     <w:rsid w:val="00253CEF"/>
+    <w:rsid w:val="00254380"/>
     <w:rsid w:val="002545F3"/>
+    <w:rsid w:val="002549CE"/>
+    <w:rsid w:val="002570C4"/>
     <w:rsid w:val="00257977"/>
+    <w:rsid w:val="002601BB"/>
+    <w:rsid w:val="00260771"/>
+    <w:rsid w:val="00260D3B"/>
     <w:rsid w:val="00261523"/>
     <w:rsid w:val="00261747"/>
-    <w:rsid w:val="00261983"/>
     <w:rsid w:val="00261EE9"/>
+    <w:rsid w:val="002624D8"/>
     <w:rsid w:val="00262D79"/>
     <w:rsid w:val="00263F76"/>
     <w:rsid w:val="002653F0"/>
     <w:rsid w:val="00265A73"/>
+    <w:rsid w:val="00265DF4"/>
+    <w:rsid w:val="002660C8"/>
     <w:rsid w:val="00266801"/>
     <w:rsid w:val="00267031"/>
     <w:rsid w:val="00267777"/>
     <w:rsid w:val="002677AE"/>
+    <w:rsid w:val="00270246"/>
     <w:rsid w:val="002705A3"/>
+    <w:rsid w:val="00270CA6"/>
     <w:rsid w:val="00270E0E"/>
     <w:rsid w:val="002716C2"/>
     <w:rsid w:val="00271AF6"/>
     <w:rsid w:val="002747C3"/>
+    <w:rsid w:val="00274813"/>
+    <w:rsid w:val="00275558"/>
     <w:rsid w:val="00276198"/>
     <w:rsid w:val="0027626A"/>
     <w:rsid w:val="002768AB"/>
     <w:rsid w:val="00276AA0"/>
+    <w:rsid w:val="00277113"/>
     <w:rsid w:val="002773BD"/>
     <w:rsid w:val="00277DF0"/>
     <w:rsid w:val="00277F24"/>
     <w:rsid w:val="00277F36"/>
+    <w:rsid w:val="00280B94"/>
     <w:rsid w:val="0028154E"/>
     <w:rsid w:val="00281CEF"/>
+    <w:rsid w:val="002821A9"/>
     <w:rsid w:val="0028246B"/>
+    <w:rsid w:val="0028315C"/>
+    <w:rsid w:val="00283997"/>
     <w:rsid w:val="002839F5"/>
     <w:rsid w:val="0028462F"/>
     <w:rsid w:val="00284D92"/>
+    <w:rsid w:val="00285B57"/>
+    <w:rsid w:val="00286C92"/>
     <w:rsid w:val="00286D4A"/>
+    <w:rsid w:val="00287283"/>
+    <w:rsid w:val="0028769B"/>
     <w:rsid w:val="00290875"/>
     <w:rsid w:val="00291958"/>
     <w:rsid w:val="00292007"/>
+    <w:rsid w:val="00293864"/>
     <w:rsid w:val="00293DF9"/>
+    <w:rsid w:val="00293F0F"/>
     <w:rsid w:val="0029444A"/>
+    <w:rsid w:val="002946A0"/>
     <w:rsid w:val="00295604"/>
+    <w:rsid w:val="00295D0E"/>
     <w:rsid w:val="00296F22"/>
     <w:rsid w:val="0029745B"/>
+    <w:rsid w:val="002A11FB"/>
     <w:rsid w:val="002A20DF"/>
     <w:rsid w:val="002A236C"/>
+    <w:rsid w:val="002A2545"/>
+    <w:rsid w:val="002A2910"/>
+    <w:rsid w:val="002A2B38"/>
+    <w:rsid w:val="002A33C4"/>
     <w:rsid w:val="002A3F59"/>
+    <w:rsid w:val="002A4159"/>
     <w:rsid w:val="002A41E2"/>
     <w:rsid w:val="002A5540"/>
     <w:rsid w:val="002A73D3"/>
     <w:rsid w:val="002B0CA8"/>
     <w:rsid w:val="002B1539"/>
     <w:rsid w:val="002B1614"/>
+    <w:rsid w:val="002B1F21"/>
     <w:rsid w:val="002B2A98"/>
     <w:rsid w:val="002B3E5C"/>
     <w:rsid w:val="002B4595"/>
+    <w:rsid w:val="002B478B"/>
     <w:rsid w:val="002B4991"/>
     <w:rsid w:val="002B5F9D"/>
+    <w:rsid w:val="002B6690"/>
+    <w:rsid w:val="002B6A97"/>
     <w:rsid w:val="002B72DD"/>
     <w:rsid w:val="002C0808"/>
+    <w:rsid w:val="002C0EA5"/>
     <w:rsid w:val="002C1113"/>
     <w:rsid w:val="002C15FA"/>
     <w:rsid w:val="002C1FAD"/>
     <w:rsid w:val="002C24A8"/>
-    <w:rsid w:val="002C26CA"/>
+    <w:rsid w:val="002C290D"/>
     <w:rsid w:val="002C2D31"/>
     <w:rsid w:val="002C3014"/>
     <w:rsid w:val="002C3128"/>
     <w:rsid w:val="002C3591"/>
     <w:rsid w:val="002C3828"/>
+    <w:rsid w:val="002C3CC6"/>
+    <w:rsid w:val="002C3F2D"/>
     <w:rsid w:val="002C43CD"/>
-    <w:rsid w:val="002C5219"/>
+    <w:rsid w:val="002C450D"/>
+    <w:rsid w:val="002C5981"/>
+    <w:rsid w:val="002C5B4B"/>
     <w:rsid w:val="002C664D"/>
+    <w:rsid w:val="002C71B2"/>
     <w:rsid w:val="002D01CD"/>
     <w:rsid w:val="002D04EF"/>
+    <w:rsid w:val="002D0D3C"/>
     <w:rsid w:val="002D13A3"/>
     <w:rsid w:val="002D1D7D"/>
     <w:rsid w:val="002D1F18"/>
+    <w:rsid w:val="002D210A"/>
     <w:rsid w:val="002D2C2A"/>
+    <w:rsid w:val="002D5C9A"/>
+    <w:rsid w:val="002D5DB2"/>
     <w:rsid w:val="002D610D"/>
+    <w:rsid w:val="002D65D3"/>
     <w:rsid w:val="002E1BE4"/>
+    <w:rsid w:val="002E21FC"/>
+    <w:rsid w:val="002E268B"/>
     <w:rsid w:val="002E2E10"/>
+    <w:rsid w:val="002E3C1F"/>
+    <w:rsid w:val="002E3E00"/>
+    <w:rsid w:val="002E3FD0"/>
+    <w:rsid w:val="002E4362"/>
     <w:rsid w:val="002E452E"/>
+    <w:rsid w:val="002E4642"/>
     <w:rsid w:val="002E48E5"/>
+    <w:rsid w:val="002E76B9"/>
     <w:rsid w:val="002E788E"/>
-    <w:rsid w:val="002F0EF3"/>
+    <w:rsid w:val="002E79B3"/>
+    <w:rsid w:val="002F07EA"/>
+    <w:rsid w:val="002F088F"/>
+    <w:rsid w:val="002F155B"/>
     <w:rsid w:val="002F312C"/>
     <w:rsid w:val="002F32D5"/>
     <w:rsid w:val="002F35D1"/>
+    <w:rsid w:val="002F3E6B"/>
+    <w:rsid w:val="002F44CE"/>
+    <w:rsid w:val="002F5465"/>
     <w:rsid w:val="002F5B4E"/>
+    <w:rsid w:val="002F5C4E"/>
+    <w:rsid w:val="002F6070"/>
+    <w:rsid w:val="002F646F"/>
     <w:rsid w:val="002F6EA8"/>
     <w:rsid w:val="002F6F3D"/>
     <w:rsid w:val="002F723A"/>
+    <w:rsid w:val="002F78F5"/>
+    <w:rsid w:val="002F7E6C"/>
+    <w:rsid w:val="0030038D"/>
+    <w:rsid w:val="00300807"/>
+    <w:rsid w:val="0030144B"/>
     <w:rsid w:val="003018B5"/>
+    <w:rsid w:val="0030286C"/>
     <w:rsid w:val="00302AA6"/>
+    <w:rsid w:val="003033BE"/>
+    <w:rsid w:val="00304BBE"/>
+    <w:rsid w:val="00305557"/>
+    <w:rsid w:val="00306767"/>
     <w:rsid w:val="00306A15"/>
+    <w:rsid w:val="00307CDB"/>
     <w:rsid w:val="00310646"/>
     <w:rsid w:val="00311922"/>
+    <w:rsid w:val="00312282"/>
+    <w:rsid w:val="003124FB"/>
+    <w:rsid w:val="00313CD8"/>
+    <w:rsid w:val="00313E54"/>
+    <w:rsid w:val="0031422D"/>
     <w:rsid w:val="003145DD"/>
-    <w:rsid w:val="0031549D"/>
+    <w:rsid w:val="00314975"/>
     <w:rsid w:val="0031563B"/>
     <w:rsid w:val="0031654F"/>
     <w:rsid w:val="00316A63"/>
     <w:rsid w:val="00316C48"/>
     <w:rsid w:val="00317304"/>
     <w:rsid w:val="003173D6"/>
-    <w:rsid w:val="00317450"/>
-    <w:rsid w:val="0032098B"/>
+    <w:rsid w:val="003207C6"/>
     <w:rsid w:val="00320A91"/>
     <w:rsid w:val="00321B22"/>
+    <w:rsid w:val="00322A36"/>
     <w:rsid w:val="00322A79"/>
+    <w:rsid w:val="00323790"/>
     <w:rsid w:val="0032381F"/>
+    <w:rsid w:val="003242AB"/>
+    <w:rsid w:val="00324A55"/>
+    <w:rsid w:val="00324A5A"/>
     <w:rsid w:val="003252D3"/>
+    <w:rsid w:val="003253D1"/>
     <w:rsid w:val="00325719"/>
+    <w:rsid w:val="00325B35"/>
     <w:rsid w:val="00325B67"/>
     <w:rsid w:val="00326E60"/>
+    <w:rsid w:val="0032708C"/>
+    <w:rsid w:val="003274AB"/>
+    <w:rsid w:val="00327D79"/>
+    <w:rsid w:val="00327DAC"/>
     <w:rsid w:val="0033008A"/>
     <w:rsid w:val="0033024C"/>
+    <w:rsid w:val="003308ED"/>
+    <w:rsid w:val="0033099F"/>
     <w:rsid w:val="00331F64"/>
+    <w:rsid w:val="00334063"/>
     <w:rsid w:val="00334597"/>
     <w:rsid w:val="003345F9"/>
     <w:rsid w:val="0033475E"/>
     <w:rsid w:val="00335190"/>
+    <w:rsid w:val="00335CA2"/>
+    <w:rsid w:val="00336297"/>
     <w:rsid w:val="0033785B"/>
     <w:rsid w:val="0033794E"/>
     <w:rsid w:val="00337DAF"/>
+    <w:rsid w:val="00340886"/>
     <w:rsid w:val="00340B8E"/>
+    <w:rsid w:val="00341193"/>
     <w:rsid w:val="00341C6B"/>
     <w:rsid w:val="00341E5E"/>
-    <w:rsid w:val="00341EB2"/>
     <w:rsid w:val="00343D09"/>
-    <w:rsid w:val="0034420B"/>
     <w:rsid w:val="003442F1"/>
     <w:rsid w:val="003446E3"/>
     <w:rsid w:val="003457E9"/>
     <w:rsid w:val="00346505"/>
     <w:rsid w:val="00346B7C"/>
+    <w:rsid w:val="00347263"/>
     <w:rsid w:val="00347795"/>
     <w:rsid w:val="003501AE"/>
     <w:rsid w:val="00350FF5"/>
-    <w:rsid w:val="00351CE0"/>
+    <w:rsid w:val="003517C0"/>
     <w:rsid w:val="00351F0A"/>
+    <w:rsid w:val="0035307A"/>
     <w:rsid w:val="003539E9"/>
     <w:rsid w:val="003543A8"/>
     <w:rsid w:val="003544A2"/>
     <w:rsid w:val="0035570F"/>
-    <w:rsid w:val="00356188"/>
+    <w:rsid w:val="00355965"/>
+    <w:rsid w:val="00355D41"/>
+    <w:rsid w:val="00355FFE"/>
+    <w:rsid w:val="0035670A"/>
+    <w:rsid w:val="00357795"/>
     <w:rsid w:val="00357A09"/>
     <w:rsid w:val="00357C87"/>
+    <w:rsid w:val="00360300"/>
     <w:rsid w:val="003605F9"/>
+    <w:rsid w:val="00360A57"/>
     <w:rsid w:val="00361532"/>
     <w:rsid w:val="00361B24"/>
     <w:rsid w:val="00361D3D"/>
+    <w:rsid w:val="00362045"/>
     <w:rsid w:val="0036264C"/>
+    <w:rsid w:val="00362A2C"/>
     <w:rsid w:val="003632A7"/>
     <w:rsid w:val="00363663"/>
+    <w:rsid w:val="00363C81"/>
     <w:rsid w:val="00363DBD"/>
+    <w:rsid w:val="003656F1"/>
     <w:rsid w:val="003668DF"/>
+    <w:rsid w:val="00366F16"/>
+    <w:rsid w:val="003706B4"/>
     <w:rsid w:val="003722EF"/>
     <w:rsid w:val="00372463"/>
     <w:rsid w:val="00373119"/>
+    <w:rsid w:val="00373BAB"/>
     <w:rsid w:val="00373EED"/>
+    <w:rsid w:val="00374819"/>
     <w:rsid w:val="003748F5"/>
+    <w:rsid w:val="003800B6"/>
     <w:rsid w:val="0038014F"/>
+    <w:rsid w:val="00381E1C"/>
+    <w:rsid w:val="00382894"/>
+    <w:rsid w:val="0038297A"/>
     <w:rsid w:val="00385707"/>
     <w:rsid w:val="0038570B"/>
+    <w:rsid w:val="00385761"/>
+    <w:rsid w:val="00385A44"/>
+    <w:rsid w:val="00385B7B"/>
     <w:rsid w:val="00385CC1"/>
-    <w:rsid w:val="0038678B"/>
+    <w:rsid w:val="00386042"/>
+    <w:rsid w:val="0038667E"/>
+    <w:rsid w:val="0038670D"/>
+    <w:rsid w:val="0038751A"/>
     <w:rsid w:val="003875AA"/>
     <w:rsid w:val="0038762A"/>
     <w:rsid w:val="00390B76"/>
     <w:rsid w:val="00391A80"/>
+    <w:rsid w:val="003922C0"/>
+    <w:rsid w:val="003937E2"/>
+    <w:rsid w:val="00393B39"/>
+    <w:rsid w:val="00393CDE"/>
     <w:rsid w:val="00395358"/>
     <w:rsid w:val="00396572"/>
-    <w:rsid w:val="003965AD"/>
+    <w:rsid w:val="003A22FA"/>
     <w:rsid w:val="003A2FFB"/>
-    <w:rsid w:val="003A385B"/>
+    <w:rsid w:val="003A3AE2"/>
     <w:rsid w:val="003A411C"/>
     <w:rsid w:val="003A5674"/>
+    <w:rsid w:val="003A5FA4"/>
     <w:rsid w:val="003A65E6"/>
+    <w:rsid w:val="003A6860"/>
+    <w:rsid w:val="003A6EAA"/>
     <w:rsid w:val="003A7A80"/>
+    <w:rsid w:val="003A7E3F"/>
+    <w:rsid w:val="003B0443"/>
     <w:rsid w:val="003B0B13"/>
     <w:rsid w:val="003B1514"/>
     <w:rsid w:val="003B22D9"/>
+    <w:rsid w:val="003B2705"/>
     <w:rsid w:val="003B4184"/>
+    <w:rsid w:val="003B4CF0"/>
     <w:rsid w:val="003B4D26"/>
     <w:rsid w:val="003B5169"/>
     <w:rsid w:val="003B657D"/>
     <w:rsid w:val="003B6BA8"/>
+    <w:rsid w:val="003B6C25"/>
     <w:rsid w:val="003C0477"/>
     <w:rsid w:val="003C0B05"/>
     <w:rsid w:val="003C10CB"/>
     <w:rsid w:val="003C1259"/>
     <w:rsid w:val="003C236C"/>
     <w:rsid w:val="003C2D0B"/>
     <w:rsid w:val="003C3498"/>
     <w:rsid w:val="003C42FF"/>
     <w:rsid w:val="003C4D9C"/>
     <w:rsid w:val="003C565C"/>
-    <w:rsid w:val="003C653B"/>
-    <w:rsid w:val="003C680B"/>
+    <w:rsid w:val="003C5FB7"/>
+    <w:rsid w:val="003C6471"/>
     <w:rsid w:val="003C6EC3"/>
     <w:rsid w:val="003C71C5"/>
-    <w:rsid w:val="003C75BD"/>
+    <w:rsid w:val="003C7388"/>
+    <w:rsid w:val="003C74CF"/>
     <w:rsid w:val="003C7D74"/>
+    <w:rsid w:val="003D0F5F"/>
     <w:rsid w:val="003D1967"/>
     <w:rsid w:val="003D1CDD"/>
     <w:rsid w:val="003D1FA7"/>
-    <w:rsid w:val="003D2805"/>
+    <w:rsid w:val="003D240C"/>
     <w:rsid w:val="003D2F3D"/>
+    <w:rsid w:val="003D3D73"/>
     <w:rsid w:val="003D40A7"/>
+    <w:rsid w:val="003D4CA1"/>
+    <w:rsid w:val="003D5460"/>
     <w:rsid w:val="003D59C9"/>
     <w:rsid w:val="003D634F"/>
     <w:rsid w:val="003D66B5"/>
     <w:rsid w:val="003D73E0"/>
+    <w:rsid w:val="003D7819"/>
     <w:rsid w:val="003E052A"/>
     <w:rsid w:val="003E0C0C"/>
     <w:rsid w:val="003E19D3"/>
-    <w:rsid w:val="003E3A4C"/>
     <w:rsid w:val="003E3BA5"/>
     <w:rsid w:val="003E43E6"/>
     <w:rsid w:val="003E46FD"/>
     <w:rsid w:val="003E5322"/>
+    <w:rsid w:val="003E543A"/>
+    <w:rsid w:val="003E64CA"/>
+    <w:rsid w:val="003E6530"/>
+    <w:rsid w:val="003E7AF8"/>
     <w:rsid w:val="003F05A0"/>
     <w:rsid w:val="003F1874"/>
     <w:rsid w:val="003F2A81"/>
     <w:rsid w:val="003F2D8D"/>
     <w:rsid w:val="003F3C31"/>
     <w:rsid w:val="003F41D9"/>
+    <w:rsid w:val="003F4AC7"/>
     <w:rsid w:val="003F52E0"/>
     <w:rsid w:val="003F5ACC"/>
     <w:rsid w:val="003F5BFD"/>
+    <w:rsid w:val="003F6992"/>
     <w:rsid w:val="003F76E5"/>
     <w:rsid w:val="003F79CA"/>
+    <w:rsid w:val="00400037"/>
     <w:rsid w:val="00401869"/>
-    <w:rsid w:val="00401A5A"/>
+    <w:rsid w:val="00401C01"/>
     <w:rsid w:val="00402259"/>
+    <w:rsid w:val="0040267A"/>
     <w:rsid w:val="00403985"/>
-    <w:rsid w:val="00405AE8"/>
+    <w:rsid w:val="00405500"/>
+    <w:rsid w:val="00405C09"/>
     <w:rsid w:val="0040693A"/>
+    <w:rsid w:val="0040721F"/>
     <w:rsid w:val="004076FC"/>
     <w:rsid w:val="00407775"/>
+    <w:rsid w:val="00407E60"/>
+    <w:rsid w:val="0041037B"/>
     <w:rsid w:val="00410580"/>
+    <w:rsid w:val="00410E6D"/>
     <w:rsid w:val="00411D47"/>
+    <w:rsid w:val="004121AF"/>
+    <w:rsid w:val="004127D0"/>
     <w:rsid w:val="00413284"/>
     <w:rsid w:val="00413586"/>
+    <w:rsid w:val="00413936"/>
     <w:rsid w:val="00413B3E"/>
+    <w:rsid w:val="00414E32"/>
     <w:rsid w:val="004151D3"/>
     <w:rsid w:val="00415AAF"/>
     <w:rsid w:val="00416B02"/>
     <w:rsid w:val="00416BD4"/>
+    <w:rsid w:val="00416FDD"/>
     <w:rsid w:val="004170FE"/>
     <w:rsid w:val="00417779"/>
     <w:rsid w:val="00417E84"/>
     <w:rsid w:val="00420476"/>
     <w:rsid w:val="00421696"/>
     <w:rsid w:val="00421EAD"/>
+    <w:rsid w:val="00422C4C"/>
     <w:rsid w:val="00422D36"/>
     <w:rsid w:val="00422F28"/>
     <w:rsid w:val="00423062"/>
+    <w:rsid w:val="004231DD"/>
     <w:rsid w:val="00423251"/>
     <w:rsid w:val="00423BEB"/>
+    <w:rsid w:val="00423C59"/>
     <w:rsid w:val="00423EC4"/>
     <w:rsid w:val="00424582"/>
     <w:rsid w:val="004249CD"/>
+    <w:rsid w:val="004250A1"/>
+    <w:rsid w:val="00425A3C"/>
+    <w:rsid w:val="00425C86"/>
     <w:rsid w:val="00426285"/>
     <w:rsid w:val="00427699"/>
     <w:rsid w:val="004279AD"/>
     <w:rsid w:val="00430F67"/>
+    <w:rsid w:val="004317EB"/>
     <w:rsid w:val="00431B0C"/>
     <w:rsid w:val="004327EC"/>
     <w:rsid w:val="004332BF"/>
     <w:rsid w:val="00433762"/>
-    <w:rsid w:val="0043465E"/>
+    <w:rsid w:val="00434C78"/>
+    <w:rsid w:val="00435184"/>
+    <w:rsid w:val="004356DE"/>
+    <w:rsid w:val="00435A3B"/>
     <w:rsid w:val="00436118"/>
     <w:rsid w:val="004361D1"/>
     <w:rsid w:val="00436C45"/>
     <w:rsid w:val="00436F0F"/>
     <w:rsid w:val="00437FC7"/>
+    <w:rsid w:val="004402F9"/>
     <w:rsid w:val="00440CF0"/>
     <w:rsid w:val="00440DE6"/>
+    <w:rsid w:val="00441205"/>
+    <w:rsid w:val="0044167D"/>
     <w:rsid w:val="00441F3B"/>
     <w:rsid w:val="00442496"/>
+    <w:rsid w:val="00443579"/>
+    <w:rsid w:val="00443ABF"/>
+    <w:rsid w:val="0044452E"/>
     <w:rsid w:val="004445D0"/>
     <w:rsid w:val="00444843"/>
     <w:rsid w:val="00444E7B"/>
     <w:rsid w:val="00445024"/>
+    <w:rsid w:val="00446709"/>
     <w:rsid w:val="0044702C"/>
+    <w:rsid w:val="00447178"/>
     <w:rsid w:val="00447675"/>
-    <w:rsid w:val="00450123"/>
+    <w:rsid w:val="00447742"/>
     <w:rsid w:val="0045092A"/>
     <w:rsid w:val="00450C33"/>
     <w:rsid w:val="00450FA4"/>
     <w:rsid w:val="004511EE"/>
     <w:rsid w:val="004512F0"/>
+    <w:rsid w:val="004518EC"/>
+    <w:rsid w:val="00452AD6"/>
     <w:rsid w:val="00454065"/>
     <w:rsid w:val="0045417C"/>
+    <w:rsid w:val="00454302"/>
+    <w:rsid w:val="00455045"/>
+    <w:rsid w:val="00456A24"/>
+    <w:rsid w:val="004577D8"/>
     <w:rsid w:val="00457A30"/>
     <w:rsid w:val="0046004B"/>
     <w:rsid w:val="00460878"/>
     <w:rsid w:val="00460A1B"/>
     <w:rsid w:val="004616F2"/>
-    <w:rsid w:val="00461781"/>
-    <w:rsid w:val="00461A03"/>
+    <w:rsid w:val="0046198D"/>
+    <w:rsid w:val="00461D2C"/>
     <w:rsid w:val="004626A8"/>
+    <w:rsid w:val="0046289C"/>
     <w:rsid w:val="00462C1A"/>
     <w:rsid w:val="004644B6"/>
+    <w:rsid w:val="00466858"/>
+    <w:rsid w:val="0047076F"/>
+    <w:rsid w:val="004709EB"/>
+    <w:rsid w:val="00471004"/>
     <w:rsid w:val="004722EB"/>
     <w:rsid w:val="00472DA8"/>
+    <w:rsid w:val="00473E7E"/>
     <w:rsid w:val="00474618"/>
+    <w:rsid w:val="00474C44"/>
+    <w:rsid w:val="00475A6D"/>
     <w:rsid w:val="00475E1E"/>
     <w:rsid w:val="00475E53"/>
+    <w:rsid w:val="00476E1E"/>
+    <w:rsid w:val="00476EF4"/>
     <w:rsid w:val="00477226"/>
     <w:rsid w:val="004778A7"/>
+    <w:rsid w:val="004803FA"/>
     <w:rsid w:val="0048052D"/>
     <w:rsid w:val="00480614"/>
+    <w:rsid w:val="00480D85"/>
+    <w:rsid w:val="00481958"/>
     <w:rsid w:val="00482017"/>
     <w:rsid w:val="004822F8"/>
+    <w:rsid w:val="00482817"/>
     <w:rsid w:val="0048336F"/>
     <w:rsid w:val="004834D7"/>
-    <w:rsid w:val="004838C7"/>
     <w:rsid w:val="004841CD"/>
     <w:rsid w:val="0048458F"/>
     <w:rsid w:val="00484834"/>
+    <w:rsid w:val="00485310"/>
+    <w:rsid w:val="00485360"/>
     <w:rsid w:val="00485A8D"/>
+    <w:rsid w:val="00485CC3"/>
+    <w:rsid w:val="0048618A"/>
     <w:rsid w:val="004865BE"/>
+    <w:rsid w:val="0048711C"/>
     <w:rsid w:val="00487B03"/>
+    <w:rsid w:val="00487E4A"/>
+    <w:rsid w:val="004926A2"/>
     <w:rsid w:val="00493209"/>
+    <w:rsid w:val="00493684"/>
     <w:rsid w:val="00493CC3"/>
     <w:rsid w:val="00494B13"/>
+    <w:rsid w:val="00495172"/>
     <w:rsid w:val="00495D74"/>
+    <w:rsid w:val="0049694C"/>
     <w:rsid w:val="004973C2"/>
     <w:rsid w:val="0049750D"/>
     <w:rsid w:val="00497D6C"/>
+    <w:rsid w:val="00497FEF"/>
     <w:rsid w:val="004A03D0"/>
     <w:rsid w:val="004A1172"/>
     <w:rsid w:val="004A3CD4"/>
+    <w:rsid w:val="004A3E09"/>
+    <w:rsid w:val="004A3F50"/>
     <w:rsid w:val="004A3FCA"/>
     <w:rsid w:val="004A4951"/>
+    <w:rsid w:val="004A5CC2"/>
+    <w:rsid w:val="004A5EB2"/>
+    <w:rsid w:val="004A6601"/>
     <w:rsid w:val="004A6C4E"/>
+    <w:rsid w:val="004A6D3B"/>
     <w:rsid w:val="004A7C21"/>
+    <w:rsid w:val="004B2ED1"/>
+    <w:rsid w:val="004B33EE"/>
     <w:rsid w:val="004B3A8A"/>
+    <w:rsid w:val="004B3E7B"/>
     <w:rsid w:val="004B4841"/>
+    <w:rsid w:val="004B6730"/>
     <w:rsid w:val="004B6AA3"/>
     <w:rsid w:val="004B6F27"/>
     <w:rsid w:val="004B7232"/>
     <w:rsid w:val="004B79CF"/>
     <w:rsid w:val="004C06E3"/>
+    <w:rsid w:val="004C12BB"/>
     <w:rsid w:val="004C13A6"/>
+    <w:rsid w:val="004C1B04"/>
     <w:rsid w:val="004C2228"/>
+    <w:rsid w:val="004C33E8"/>
     <w:rsid w:val="004C379C"/>
     <w:rsid w:val="004C440C"/>
+    <w:rsid w:val="004C4666"/>
+    <w:rsid w:val="004C4C8C"/>
     <w:rsid w:val="004C4E35"/>
+    <w:rsid w:val="004C5AB4"/>
     <w:rsid w:val="004C5CA7"/>
+    <w:rsid w:val="004C5DF9"/>
+    <w:rsid w:val="004C5FA0"/>
+    <w:rsid w:val="004C64BC"/>
     <w:rsid w:val="004D0054"/>
     <w:rsid w:val="004D0B42"/>
+    <w:rsid w:val="004D1D1F"/>
+    <w:rsid w:val="004D2454"/>
     <w:rsid w:val="004D2CEA"/>
+    <w:rsid w:val="004D2EF9"/>
     <w:rsid w:val="004D35C0"/>
     <w:rsid w:val="004D36B5"/>
     <w:rsid w:val="004D3E85"/>
+    <w:rsid w:val="004D4006"/>
     <w:rsid w:val="004D46C1"/>
     <w:rsid w:val="004D4A94"/>
+    <w:rsid w:val="004D4BA2"/>
+    <w:rsid w:val="004D58D0"/>
+    <w:rsid w:val="004D5969"/>
     <w:rsid w:val="004D5F2A"/>
-    <w:rsid w:val="004E0FB3"/>
+    <w:rsid w:val="004D689C"/>
+    <w:rsid w:val="004D74EE"/>
+    <w:rsid w:val="004D783E"/>
+    <w:rsid w:val="004D7ADC"/>
+    <w:rsid w:val="004D7D3C"/>
+    <w:rsid w:val="004E0259"/>
+    <w:rsid w:val="004E0496"/>
     <w:rsid w:val="004E17A8"/>
     <w:rsid w:val="004E1C9D"/>
+    <w:rsid w:val="004E219E"/>
+    <w:rsid w:val="004E2575"/>
+    <w:rsid w:val="004E2F52"/>
     <w:rsid w:val="004E3D08"/>
     <w:rsid w:val="004E4872"/>
     <w:rsid w:val="004E4F75"/>
     <w:rsid w:val="004E535B"/>
-    <w:rsid w:val="004E6B65"/>
+    <w:rsid w:val="004E6DCA"/>
     <w:rsid w:val="004E6F68"/>
     <w:rsid w:val="004E7797"/>
+    <w:rsid w:val="004E7EE2"/>
     <w:rsid w:val="004F0797"/>
-    <w:rsid w:val="004F1B13"/>
-    <w:rsid w:val="004F2623"/>
+    <w:rsid w:val="004F3032"/>
+    <w:rsid w:val="004F30C4"/>
     <w:rsid w:val="004F3101"/>
+    <w:rsid w:val="004F34B2"/>
     <w:rsid w:val="004F3634"/>
+    <w:rsid w:val="004F3871"/>
+    <w:rsid w:val="004F4B5A"/>
     <w:rsid w:val="004F5616"/>
     <w:rsid w:val="004F57F5"/>
+    <w:rsid w:val="004F600F"/>
     <w:rsid w:val="004F73BF"/>
+    <w:rsid w:val="004F7526"/>
+    <w:rsid w:val="004F76C0"/>
+    <w:rsid w:val="00501BBA"/>
     <w:rsid w:val="005020E8"/>
     <w:rsid w:val="00502DDE"/>
     <w:rsid w:val="00503086"/>
-    <w:rsid w:val="00503F5D"/>
+    <w:rsid w:val="0050390B"/>
+    <w:rsid w:val="005040DC"/>
     <w:rsid w:val="00504CF3"/>
+    <w:rsid w:val="00505DDA"/>
+    <w:rsid w:val="00505FF5"/>
     <w:rsid w:val="00506973"/>
     <w:rsid w:val="005073DE"/>
     <w:rsid w:val="0050785B"/>
     <w:rsid w:val="00511450"/>
+    <w:rsid w:val="005116E9"/>
+    <w:rsid w:val="0051219B"/>
     <w:rsid w:val="005125B0"/>
     <w:rsid w:val="00512B32"/>
-    <w:rsid w:val="0051320E"/>
+    <w:rsid w:val="00513AE5"/>
     <w:rsid w:val="00513CC1"/>
     <w:rsid w:val="00513D84"/>
+    <w:rsid w:val="00514989"/>
     <w:rsid w:val="00514ACC"/>
     <w:rsid w:val="005173D8"/>
+    <w:rsid w:val="005179D2"/>
     <w:rsid w:val="00520357"/>
+    <w:rsid w:val="00520E27"/>
     <w:rsid w:val="00521299"/>
     <w:rsid w:val="0052158D"/>
+    <w:rsid w:val="0052175D"/>
     <w:rsid w:val="00521EF8"/>
+    <w:rsid w:val="00522D35"/>
     <w:rsid w:val="00523445"/>
     <w:rsid w:val="0052398F"/>
+    <w:rsid w:val="00524ADA"/>
     <w:rsid w:val="0052524B"/>
     <w:rsid w:val="0052609D"/>
+    <w:rsid w:val="00526F21"/>
     <w:rsid w:val="00526FAC"/>
+    <w:rsid w:val="00527280"/>
+    <w:rsid w:val="00527682"/>
+    <w:rsid w:val="00530227"/>
     <w:rsid w:val="005306AE"/>
+    <w:rsid w:val="0053107D"/>
     <w:rsid w:val="005314A4"/>
     <w:rsid w:val="00531C78"/>
-    <w:rsid w:val="00532C35"/>
+    <w:rsid w:val="005320B7"/>
+    <w:rsid w:val="00533181"/>
+    <w:rsid w:val="00533521"/>
+    <w:rsid w:val="00533742"/>
+    <w:rsid w:val="00533B3B"/>
     <w:rsid w:val="0053419B"/>
+    <w:rsid w:val="00534AB9"/>
     <w:rsid w:val="00534E7D"/>
+    <w:rsid w:val="00536516"/>
     <w:rsid w:val="0053782F"/>
     <w:rsid w:val="005379CA"/>
     <w:rsid w:val="00537A29"/>
+    <w:rsid w:val="00540E69"/>
     <w:rsid w:val="005418A1"/>
     <w:rsid w:val="005420FA"/>
     <w:rsid w:val="0054243A"/>
     <w:rsid w:val="00542AB4"/>
     <w:rsid w:val="00543373"/>
     <w:rsid w:val="00544D45"/>
+    <w:rsid w:val="00544F8A"/>
     <w:rsid w:val="0054532E"/>
     <w:rsid w:val="0054541F"/>
     <w:rsid w:val="00545AA5"/>
     <w:rsid w:val="00545F03"/>
-    <w:rsid w:val="0054789E"/>
+    <w:rsid w:val="0055123D"/>
+    <w:rsid w:val="0055231F"/>
+    <w:rsid w:val="00552AE3"/>
     <w:rsid w:val="00552F0E"/>
+    <w:rsid w:val="00553318"/>
     <w:rsid w:val="00553D22"/>
     <w:rsid w:val="00554482"/>
     <w:rsid w:val="0055460C"/>
+    <w:rsid w:val="0055495B"/>
+    <w:rsid w:val="00557D17"/>
     <w:rsid w:val="00557DA6"/>
     <w:rsid w:val="0056027F"/>
     <w:rsid w:val="00560513"/>
     <w:rsid w:val="00560809"/>
+    <w:rsid w:val="005609FF"/>
     <w:rsid w:val="00560BCD"/>
+    <w:rsid w:val="00560D28"/>
     <w:rsid w:val="00560F44"/>
+    <w:rsid w:val="0056199E"/>
     <w:rsid w:val="00561BF4"/>
-    <w:rsid w:val="00563A76"/>
+    <w:rsid w:val="00562F3D"/>
     <w:rsid w:val="00563E24"/>
     <w:rsid w:val="00563FE7"/>
     <w:rsid w:val="005648D2"/>
-    <w:rsid w:val="00566E60"/>
     <w:rsid w:val="00566E63"/>
     <w:rsid w:val="00567C8E"/>
+    <w:rsid w:val="00570DDF"/>
     <w:rsid w:val="0057210A"/>
-    <w:rsid w:val="00572BDD"/>
+    <w:rsid w:val="005737C2"/>
     <w:rsid w:val="005741FF"/>
+    <w:rsid w:val="00575206"/>
     <w:rsid w:val="005753B0"/>
+    <w:rsid w:val="005769A2"/>
     <w:rsid w:val="00577B6F"/>
+    <w:rsid w:val="00577BA7"/>
+    <w:rsid w:val="00577EAA"/>
+    <w:rsid w:val="0058017C"/>
+    <w:rsid w:val="00580744"/>
+    <w:rsid w:val="005815CD"/>
+    <w:rsid w:val="005827E8"/>
+    <w:rsid w:val="00583E24"/>
     <w:rsid w:val="00585DD3"/>
     <w:rsid w:val="00585E0C"/>
     <w:rsid w:val="00585FEC"/>
     <w:rsid w:val="005862CC"/>
+    <w:rsid w:val="005866B7"/>
+    <w:rsid w:val="005874A9"/>
     <w:rsid w:val="005879E5"/>
-    <w:rsid w:val="00590BCD"/>
+    <w:rsid w:val="00590229"/>
+    <w:rsid w:val="0059167E"/>
     <w:rsid w:val="00592653"/>
     <w:rsid w:val="0059295C"/>
     <w:rsid w:val="00592D23"/>
     <w:rsid w:val="00593C02"/>
-    <w:rsid w:val="00593C99"/>
     <w:rsid w:val="00593F78"/>
+    <w:rsid w:val="00594572"/>
+    <w:rsid w:val="0059580B"/>
+    <w:rsid w:val="005959E6"/>
     <w:rsid w:val="00596175"/>
+    <w:rsid w:val="0059657C"/>
+    <w:rsid w:val="005966FE"/>
     <w:rsid w:val="00596803"/>
-    <w:rsid w:val="00596E85"/>
-    <w:rsid w:val="00597E35"/>
     <w:rsid w:val="005A04E4"/>
-    <w:rsid w:val="005A14D6"/>
+    <w:rsid w:val="005A232F"/>
+    <w:rsid w:val="005A2608"/>
     <w:rsid w:val="005A2951"/>
+    <w:rsid w:val="005A38FF"/>
     <w:rsid w:val="005A44D6"/>
+    <w:rsid w:val="005A47F4"/>
     <w:rsid w:val="005A4B3A"/>
     <w:rsid w:val="005A5469"/>
     <w:rsid w:val="005A56B1"/>
     <w:rsid w:val="005A5E1C"/>
     <w:rsid w:val="005A613F"/>
     <w:rsid w:val="005A6277"/>
     <w:rsid w:val="005A6BC0"/>
     <w:rsid w:val="005A74B5"/>
     <w:rsid w:val="005A7A8A"/>
     <w:rsid w:val="005B0317"/>
     <w:rsid w:val="005B037B"/>
     <w:rsid w:val="005B03C7"/>
     <w:rsid w:val="005B093B"/>
+    <w:rsid w:val="005B0EEA"/>
     <w:rsid w:val="005B12DA"/>
     <w:rsid w:val="005B1353"/>
     <w:rsid w:val="005B1485"/>
     <w:rsid w:val="005B187A"/>
     <w:rsid w:val="005B1A83"/>
     <w:rsid w:val="005B1E13"/>
     <w:rsid w:val="005B2404"/>
+    <w:rsid w:val="005B2755"/>
     <w:rsid w:val="005B2FF9"/>
     <w:rsid w:val="005B3D8D"/>
     <w:rsid w:val="005B3FD2"/>
+    <w:rsid w:val="005B4ABE"/>
     <w:rsid w:val="005B51B6"/>
     <w:rsid w:val="005B6434"/>
     <w:rsid w:val="005B6960"/>
+    <w:rsid w:val="005B6E48"/>
+    <w:rsid w:val="005C06A1"/>
     <w:rsid w:val="005C1267"/>
+    <w:rsid w:val="005C203E"/>
     <w:rsid w:val="005C20EE"/>
-    <w:rsid w:val="005C27C7"/>
+    <w:rsid w:val="005C2264"/>
+    <w:rsid w:val="005C296F"/>
     <w:rsid w:val="005C2FC7"/>
     <w:rsid w:val="005C3110"/>
-    <w:rsid w:val="005C32ED"/>
-    <w:rsid w:val="005C3B4F"/>
+    <w:rsid w:val="005C319A"/>
     <w:rsid w:val="005C3CD9"/>
     <w:rsid w:val="005C5077"/>
+    <w:rsid w:val="005C53C3"/>
     <w:rsid w:val="005C5A3B"/>
     <w:rsid w:val="005C601E"/>
+    <w:rsid w:val="005C6116"/>
+    <w:rsid w:val="005C6CB2"/>
+    <w:rsid w:val="005C757A"/>
+    <w:rsid w:val="005D1DF6"/>
+    <w:rsid w:val="005D24EF"/>
+    <w:rsid w:val="005D2598"/>
     <w:rsid w:val="005D283A"/>
     <w:rsid w:val="005D29E1"/>
+    <w:rsid w:val="005D2A88"/>
     <w:rsid w:val="005D3506"/>
+    <w:rsid w:val="005D3C12"/>
     <w:rsid w:val="005D3D35"/>
     <w:rsid w:val="005D47BE"/>
     <w:rsid w:val="005D54E5"/>
     <w:rsid w:val="005D573D"/>
-    <w:rsid w:val="005D58EB"/>
     <w:rsid w:val="005D625F"/>
     <w:rsid w:val="005D642E"/>
     <w:rsid w:val="005D67B4"/>
     <w:rsid w:val="005D6AD0"/>
+    <w:rsid w:val="005D7601"/>
+    <w:rsid w:val="005E1188"/>
     <w:rsid w:val="005E131B"/>
     <w:rsid w:val="005E15C9"/>
     <w:rsid w:val="005E2666"/>
     <w:rsid w:val="005E6480"/>
     <w:rsid w:val="005E6B40"/>
+    <w:rsid w:val="005E6C04"/>
     <w:rsid w:val="005E71D3"/>
+    <w:rsid w:val="005E75B5"/>
     <w:rsid w:val="005E794E"/>
     <w:rsid w:val="005E7BB9"/>
+    <w:rsid w:val="005E7E24"/>
     <w:rsid w:val="005E7F67"/>
     <w:rsid w:val="005F000F"/>
+    <w:rsid w:val="005F10E7"/>
+    <w:rsid w:val="005F13BC"/>
+    <w:rsid w:val="005F2667"/>
     <w:rsid w:val="005F2851"/>
+    <w:rsid w:val="005F2B03"/>
     <w:rsid w:val="005F2C67"/>
+    <w:rsid w:val="005F2E11"/>
+    <w:rsid w:val="005F3362"/>
+    <w:rsid w:val="005F445D"/>
+    <w:rsid w:val="005F448D"/>
     <w:rsid w:val="005F5A9A"/>
+    <w:rsid w:val="005F5CF1"/>
     <w:rsid w:val="005F5EB2"/>
     <w:rsid w:val="005F648B"/>
+    <w:rsid w:val="005F7E54"/>
     <w:rsid w:val="00600145"/>
     <w:rsid w:val="00600CAF"/>
     <w:rsid w:val="00601C9B"/>
+    <w:rsid w:val="0060248C"/>
     <w:rsid w:val="00602623"/>
     <w:rsid w:val="00603B4A"/>
     <w:rsid w:val="00603BDE"/>
     <w:rsid w:val="00603F64"/>
     <w:rsid w:val="0060473F"/>
     <w:rsid w:val="00604800"/>
     <w:rsid w:val="006049E7"/>
+    <w:rsid w:val="0060553E"/>
     <w:rsid w:val="0060555B"/>
     <w:rsid w:val="0060606A"/>
+    <w:rsid w:val="006067F7"/>
     <w:rsid w:val="00607C98"/>
     <w:rsid w:val="00611228"/>
+    <w:rsid w:val="00611AD4"/>
     <w:rsid w:val="0061337B"/>
     <w:rsid w:val="00613CBD"/>
+    <w:rsid w:val="00613DEF"/>
+    <w:rsid w:val="00614324"/>
     <w:rsid w:val="00614B8E"/>
-    <w:rsid w:val="00622025"/>
+    <w:rsid w:val="00620796"/>
+    <w:rsid w:val="006209C8"/>
     <w:rsid w:val="00622298"/>
+    <w:rsid w:val="006227C9"/>
     <w:rsid w:val="00622C15"/>
     <w:rsid w:val="006234D4"/>
+    <w:rsid w:val="00623799"/>
     <w:rsid w:val="00624CF0"/>
     <w:rsid w:val="006251AF"/>
+    <w:rsid w:val="00625222"/>
     <w:rsid w:val="00625359"/>
-    <w:rsid w:val="00625F87"/>
+    <w:rsid w:val="00626C3C"/>
     <w:rsid w:val="00627422"/>
     <w:rsid w:val="0063046C"/>
+    <w:rsid w:val="00633181"/>
     <w:rsid w:val="006359B3"/>
     <w:rsid w:val="0063650A"/>
+    <w:rsid w:val="006368C1"/>
     <w:rsid w:val="0063731E"/>
+    <w:rsid w:val="0064018F"/>
     <w:rsid w:val="00640496"/>
     <w:rsid w:val="006406FA"/>
     <w:rsid w:val="00641191"/>
     <w:rsid w:val="00641C65"/>
     <w:rsid w:val="0064228E"/>
+    <w:rsid w:val="00642486"/>
+    <w:rsid w:val="00642589"/>
     <w:rsid w:val="00642748"/>
     <w:rsid w:val="0064298A"/>
+    <w:rsid w:val="006439BC"/>
     <w:rsid w:val="00644D68"/>
     <w:rsid w:val="006472AF"/>
     <w:rsid w:val="00647BA2"/>
     <w:rsid w:val="00650CC6"/>
+    <w:rsid w:val="006510A2"/>
+    <w:rsid w:val="00651967"/>
     <w:rsid w:val="0065261B"/>
     <w:rsid w:val="0065273A"/>
     <w:rsid w:val="00652F29"/>
-    <w:rsid w:val="00653040"/>
+    <w:rsid w:val="006534B6"/>
     <w:rsid w:val="00653BF3"/>
     <w:rsid w:val="00653D1F"/>
+    <w:rsid w:val="00653EC8"/>
     <w:rsid w:val="00655141"/>
     <w:rsid w:val="0065547A"/>
+    <w:rsid w:val="0065622A"/>
     <w:rsid w:val="006565F8"/>
     <w:rsid w:val="00657D65"/>
+    <w:rsid w:val="0066039B"/>
     <w:rsid w:val="0066059D"/>
     <w:rsid w:val="0066068B"/>
+    <w:rsid w:val="00660A79"/>
+    <w:rsid w:val="00660AE5"/>
     <w:rsid w:val="00661A4B"/>
+    <w:rsid w:val="00662426"/>
     <w:rsid w:val="00662E74"/>
     <w:rsid w:val="00663571"/>
     <w:rsid w:val="00663616"/>
     <w:rsid w:val="006639BA"/>
     <w:rsid w:val="00663AFF"/>
     <w:rsid w:val="00664228"/>
     <w:rsid w:val="006644D6"/>
     <w:rsid w:val="00664F0C"/>
     <w:rsid w:val="00665241"/>
     <w:rsid w:val="0066617F"/>
     <w:rsid w:val="0066748B"/>
+    <w:rsid w:val="00667F79"/>
     <w:rsid w:val="0067031E"/>
+    <w:rsid w:val="00671382"/>
     <w:rsid w:val="00671531"/>
     <w:rsid w:val="0067165D"/>
-    <w:rsid w:val="00672CCE"/>
     <w:rsid w:val="00673638"/>
     <w:rsid w:val="00673A8E"/>
     <w:rsid w:val="0067410B"/>
     <w:rsid w:val="0067446F"/>
     <w:rsid w:val="006746E8"/>
     <w:rsid w:val="00675148"/>
+    <w:rsid w:val="00675A1B"/>
     <w:rsid w:val="00675ADA"/>
-    <w:rsid w:val="006764DD"/>
+    <w:rsid w:val="00675F8C"/>
+    <w:rsid w:val="0067614E"/>
+    <w:rsid w:val="006764BD"/>
     <w:rsid w:val="00676778"/>
     <w:rsid w:val="00680415"/>
-    <w:rsid w:val="006806EF"/>
+    <w:rsid w:val="00680E61"/>
     <w:rsid w:val="006810CE"/>
     <w:rsid w:val="006818EC"/>
     <w:rsid w:val="006823C8"/>
     <w:rsid w:val="00682A30"/>
     <w:rsid w:val="00682E5A"/>
+    <w:rsid w:val="006830AE"/>
     <w:rsid w:val="006833A8"/>
     <w:rsid w:val="00684ED2"/>
+    <w:rsid w:val="00686160"/>
+    <w:rsid w:val="0068664A"/>
+    <w:rsid w:val="00687B45"/>
     <w:rsid w:val="00687FCB"/>
+    <w:rsid w:val="00690468"/>
     <w:rsid w:val="0069099E"/>
+    <w:rsid w:val="00690CDF"/>
+    <w:rsid w:val="00690F39"/>
     <w:rsid w:val="0069174D"/>
+    <w:rsid w:val="00691E00"/>
+    <w:rsid w:val="00692468"/>
     <w:rsid w:val="006924B8"/>
     <w:rsid w:val="00692561"/>
+    <w:rsid w:val="00692B1D"/>
     <w:rsid w:val="00693AA8"/>
+    <w:rsid w:val="00694ABA"/>
     <w:rsid w:val="006952F3"/>
-    <w:rsid w:val="006953BD"/>
     <w:rsid w:val="0069622C"/>
+    <w:rsid w:val="00696E6E"/>
     <w:rsid w:val="006979D8"/>
+    <w:rsid w:val="006A0700"/>
+    <w:rsid w:val="006A0A39"/>
+    <w:rsid w:val="006A0BC7"/>
+    <w:rsid w:val="006A0DE1"/>
     <w:rsid w:val="006A1047"/>
     <w:rsid w:val="006A1E2F"/>
     <w:rsid w:val="006A2D7E"/>
     <w:rsid w:val="006A4559"/>
+    <w:rsid w:val="006A6033"/>
+    <w:rsid w:val="006A6BDD"/>
+    <w:rsid w:val="006B04AB"/>
     <w:rsid w:val="006B094A"/>
     <w:rsid w:val="006B111D"/>
     <w:rsid w:val="006B1635"/>
     <w:rsid w:val="006B186D"/>
-    <w:rsid w:val="006B2830"/>
     <w:rsid w:val="006B374D"/>
     <w:rsid w:val="006B4A87"/>
+    <w:rsid w:val="006B4EE1"/>
     <w:rsid w:val="006B5168"/>
     <w:rsid w:val="006B5F0C"/>
-    <w:rsid w:val="006B6851"/>
     <w:rsid w:val="006B6D65"/>
+    <w:rsid w:val="006C05F9"/>
+    <w:rsid w:val="006C0AD8"/>
     <w:rsid w:val="006C0DC8"/>
     <w:rsid w:val="006C1C8E"/>
     <w:rsid w:val="006C2E8A"/>
     <w:rsid w:val="006C30EA"/>
     <w:rsid w:val="006C350E"/>
-    <w:rsid w:val="006C5D7F"/>
+    <w:rsid w:val="006C476A"/>
+    <w:rsid w:val="006C4F0E"/>
+    <w:rsid w:val="006C549B"/>
     <w:rsid w:val="006C6148"/>
-    <w:rsid w:val="006C7456"/>
     <w:rsid w:val="006C794B"/>
+    <w:rsid w:val="006C7C00"/>
     <w:rsid w:val="006C7F6C"/>
-    <w:rsid w:val="006D0B9D"/>
-    <w:rsid w:val="006D1D4A"/>
     <w:rsid w:val="006D20E9"/>
+    <w:rsid w:val="006D2205"/>
     <w:rsid w:val="006D2255"/>
+    <w:rsid w:val="006D2776"/>
+    <w:rsid w:val="006D2804"/>
     <w:rsid w:val="006D2808"/>
     <w:rsid w:val="006D2F5C"/>
     <w:rsid w:val="006D315C"/>
+    <w:rsid w:val="006D4767"/>
+    <w:rsid w:val="006D4A35"/>
     <w:rsid w:val="006D5456"/>
-    <w:rsid w:val="006D7F44"/>
+    <w:rsid w:val="006D7173"/>
+    <w:rsid w:val="006D772F"/>
     <w:rsid w:val="006E0903"/>
     <w:rsid w:val="006E0927"/>
     <w:rsid w:val="006E1296"/>
+    <w:rsid w:val="006E1D85"/>
     <w:rsid w:val="006E2330"/>
-    <w:rsid w:val="006E2D32"/>
+    <w:rsid w:val="006E31E7"/>
     <w:rsid w:val="006E3B41"/>
+    <w:rsid w:val="006E46C7"/>
     <w:rsid w:val="006E4A02"/>
     <w:rsid w:val="006E4EE7"/>
+    <w:rsid w:val="006E5B6A"/>
+    <w:rsid w:val="006E5E3D"/>
     <w:rsid w:val="006E6DC3"/>
-    <w:rsid w:val="006E732B"/>
     <w:rsid w:val="006E7C38"/>
     <w:rsid w:val="006E7DC0"/>
+    <w:rsid w:val="006E7E20"/>
     <w:rsid w:val="006F013D"/>
     <w:rsid w:val="006F02CE"/>
     <w:rsid w:val="006F08D2"/>
-    <w:rsid w:val="006F0C5B"/>
+    <w:rsid w:val="006F0A4C"/>
     <w:rsid w:val="006F135F"/>
     <w:rsid w:val="006F272A"/>
     <w:rsid w:val="006F2D50"/>
+    <w:rsid w:val="006F4FBF"/>
+    <w:rsid w:val="006F5223"/>
+    <w:rsid w:val="006F5FA8"/>
+    <w:rsid w:val="006F69B0"/>
     <w:rsid w:val="006F74D4"/>
     <w:rsid w:val="00700E37"/>
     <w:rsid w:val="00701D1B"/>
     <w:rsid w:val="0070202A"/>
+    <w:rsid w:val="00702C60"/>
     <w:rsid w:val="00702DBC"/>
     <w:rsid w:val="0070443A"/>
     <w:rsid w:val="0070526C"/>
     <w:rsid w:val="00705FDA"/>
+    <w:rsid w:val="007062C2"/>
     <w:rsid w:val="007064C3"/>
     <w:rsid w:val="00706A64"/>
     <w:rsid w:val="0070740C"/>
+    <w:rsid w:val="00707C60"/>
     <w:rsid w:val="007114DE"/>
     <w:rsid w:val="00711E25"/>
+    <w:rsid w:val="00711F76"/>
     <w:rsid w:val="00712155"/>
-    <w:rsid w:val="007121DE"/>
+    <w:rsid w:val="00712180"/>
     <w:rsid w:val="00712225"/>
     <w:rsid w:val="0071238A"/>
+    <w:rsid w:val="00712514"/>
     <w:rsid w:val="00712DBE"/>
     <w:rsid w:val="00713767"/>
     <w:rsid w:val="0071478E"/>
     <w:rsid w:val="00716308"/>
+    <w:rsid w:val="007163C7"/>
+    <w:rsid w:val="0071655A"/>
     <w:rsid w:val="00716CCD"/>
     <w:rsid w:val="0071742C"/>
+    <w:rsid w:val="007174E8"/>
     <w:rsid w:val="007175E1"/>
     <w:rsid w:val="00717F12"/>
     <w:rsid w:val="0072009A"/>
+    <w:rsid w:val="007200DC"/>
     <w:rsid w:val="007205D0"/>
+    <w:rsid w:val="00721616"/>
+    <w:rsid w:val="00721B71"/>
     <w:rsid w:val="007229C7"/>
     <w:rsid w:val="00723CB4"/>
-    <w:rsid w:val="00723F75"/>
     <w:rsid w:val="00724591"/>
     <w:rsid w:val="00724B85"/>
+    <w:rsid w:val="00724F68"/>
     <w:rsid w:val="0072620A"/>
     <w:rsid w:val="00726A7C"/>
     <w:rsid w:val="00727CF0"/>
+    <w:rsid w:val="00730AF9"/>
+    <w:rsid w:val="00731DEC"/>
+    <w:rsid w:val="00734307"/>
     <w:rsid w:val="007347D0"/>
     <w:rsid w:val="00734CBA"/>
     <w:rsid w:val="00734E64"/>
     <w:rsid w:val="00734F8A"/>
     <w:rsid w:val="007356A2"/>
+    <w:rsid w:val="00735A0C"/>
     <w:rsid w:val="00735AA4"/>
     <w:rsid w:val="00736483"/>
+    <w:rsid w:val="0073652D"/>
+    <w:rsid w:val="00737515"/>
     <w:rsid w:val="00740781"/>
-    <w:rsid w:val="00741B97"/>
+    <w:rsid w:val="007418E8"/>
     <w:rsid w:val="00741BA3"/>
-    <w:rsid w:val="00743F98"/>
+    <w:rsid w:val="00743B0E"/>
     <w:rsid w:val="00744868"/>
+    <w:rsid w:val="0074556C"/>
     <w:rsid w:val="007457A3"/>
+    <w:rsid w:val="00745A15"/>
     <w:rsid w:val="00745CAC"/>
+    <w:rsid w:val="00746573"/>
     <w:rsid w:val="007467CC"/>
     <w:rsid w:val="00747137"/>
+    <w:rsid w:val="007476B5"/>
+    <w:rsid w:val="00747C7E"/>
     <w:rsid w:val="00747D85"/>
+    <w:rsid w:val="00750BA0"/>
     <w:rsid w:val="007511FD"/>
     <w:rsid w:val="0075271A"/>
     <w:rsid w:val="0075302B"/>
+    <w:rsid w:val="0075362A"/>
+    <w:rsid w:val="00754296"/>
+    <w:rsid w:val="007560B8"/>
     <w:rsid w:val="00756871"/>
+    <w:rsid w:val="0075707F"/>
     <w:rsid w:val="007578ED"/>
     <w:rsid w:val="00757AF4"/>
     <w:rsid w:val="0076006E"/>
     <w:rsid w:val="0076018C"/>
     <w:rsid w:val="007602FB"/>
     <w:rsid w:val="007602FD"/>
     <w:rsid w:val="007603F6"/>
+    <w:rsid w:val="007606F4"/>
+    <w:rsid w:val="00760EB3"/>
+    <w:rsid w:val="00761148"/>
     <w:rsid w:val="00761A66"/>
+    <w:rsid w:val="00761B4E"/>
     <w:rsid w:val="00761E89"/>
     <w:rsid w:val="007620F1"/>
     <w:rsid w:val="0076226F"/>
     <w:rsid w:val="00762531"/>
     <w:rsid w:val="00762EA1"/>
     <w:rsid w:val="0076362D"/>
+    <w:rsid w:val="0076412B"/>
     <w:rsid w:val="007652D9"/>
     <w:rsid w:val="00765500"/>
+    <w:rsid w:val="0076572B"/>
     <w:rsid w:val="007657BD"/>
     <w:rsid w:val="00765A92"/>
     <w:rsid w:val="0076650C"/>
+    <w:rsid w:val="0077043B"/>
     <w:rsid w:val="00770BD0"/>
-    <w:rsid w:val="00771085"/>
     <w:rsid w:val="00771825"/>
     <w:rsid w:val="00771B52"/>
+    <w:rsid w:val="00771E21"/>
+    <w:rsid w:val="007731A6"/>
     <w:rsid w:val="00773EE0"/>
+    <w:rsid w:val="00774551"/>
+    <w:rsid w:val="00774697"/>
+    <w:rsid w:val="007758E3"/>
     <w:rsid w:val="007764C3"/>
+    <w:rsid w:val="00776A49"/>
+    <w:rsid w:val="0077724F"/>
+    <w:rsid w:val="00777679"/>
+    <w:rsid w:val="00777C7A"/>
     <w:rsid w:val="0078009E"/>
+    <w:rsid w:val="0078056C"/>
     <w:rsid w:val="007805A2"/>
     <w:rsid w:val="00780C14"/>
     <w:rsid w:val="0078118C"/>
     <w:rsid w:val="00781686"/>
+    <w:rsid w:val="007823A8"/>
+    <w:rsid w:val="00782725"/>
+    <w:rsid w:val="0078277F"/>
     <w:rsid w:val="00782915"/>
     <w:rsid w:val="00782FCA"/>
     <w:rsid w:val="00783F99"/>
+    <w:rsid w:val="00784A3A"/>
+    <w:rsid w:val="007862BB"/>
     <w:rsid w:val="00786C4A"/>
     <w:rsid w:val="00786EA5"/>
     <w:rsid w:val="007875CB"/>
+    <w:rsid w:val="00787CE7"/>
+    <w:rsid w:val="007902DA"/>
     <w:rsid w:val="0079077B"/>
     <w:rsid w:val="00791EC2"/>
+    <w:rsid w:val="0079226F"/>
+    <w:rsid w:val="00792AF8"/>
     <w:rsid w:val="00793840"/>
     <w:rsid w:val="007941B9"/>
+    <w:rsid w:val="00797820"/>
+    <w:rsid w:val="007979C3"/>
     <w:rsid w:val="007A0951"/>
+    <w:rsid w:val="007A0BD3"/>
     <w:rsid w:val="007A0BFF"/>
     <w:rsid w:val="007A0C70"/>
+    <w:rsid w:val="007A1137"/>
+    <w:rsid w:val="007A22C4"/>
+    <w:rsid w:val="007A29F2"/>
+    <w:rsid w:val="007A4130"/>
     <w:rsid w:val="007A4FF3"/>
+    <w:rsid w:val="007A511A"/>
     <w:rsid w:val="007A5A17"/>
     <w:rsid w:val="007A6523"/>
     <w:rsid w:val="007A682C"/>
+    <w:rsid w:val="007A7186"/>
     <w:rsid w:val="007A71D5"/>
+    <w:rsid w:val="007B08E8"/>
     <w:rsid w:val="007B0E1E"/>
     <w:rsid w:val="007B0F45"/>
     <w:rsid w:val="007B12E2"/>
+    <w:rsid w:val="007B1AF2"/>
     <w:rsid w:val="007B22F1"/>
     <w:rsid w:val="007B23A2"/>
     <w:rsid w:val="007B5056"/>
     <w:rsid w:val="007B512A"/>
     <w:rsid w:val="007B5372"/>
+    <w:rsid w:val="007B5559"/>
     <w:rsid w:val="007B688B"/>
+    <w:rsid w:val="007B7105"/>
+    <w:rsid w:val="007B7495"/>
     <w:rsid w:val="007B7633"/>
+    <w:rsid w:val="007B782B"/>
     <w:rsid w:val="007B78EB"/>
     <w:rsid w:val="007B7E7F"/>
     <w:rsid w:val="007B7F2D"/>
     <w:rsid w:val="007C01EF"/>
-    <w:rsid w:val="007C0232"/>
     <w:rsid w:val="007C10E2"/>
     <w:rsid w:val="007C1358"/>
+    <w:rsid w:val="007C1EBF"/>
     <w:rsid w:val="007C1FF4"/>
-    <w:rsid w:val="007C2017"/>
     <w:rsid w:val="007C31F1"/>
     <w:rsid w:val="007C3269"/>
     <w:rsid w:val="007C3A9B"/>
     <w:rsid w:val="007C3C18"/>
+    <w:rsid w:val="007C5047"/>
     <w:rsid w:val="007C510F"/>
     <w:rsid w:val="007C55D9"/>
+    <w:rsid w:val="007C5CB6"/>
     <w:rsid w:val="007C690B"/>
     <w:rsid w:val="007C6F4D"/>
     <w:rsid w:val="007C7042"/>
     <w:rsid w:val="007C70A3"/>
     <w:rsid w:val="007C7850"/>
+    <w:rsid w:val="007C7CCE"/>
+    <w:rsid w:val="007D22A9"/>
     <w:rsid w:val="007D2B84"/>
+    <w:rsid w:val="007D2D22"/>
+    <w:rsid w:val="007D2DD2"/>
     <w:rsid w:val="007D3827"/>
     <w:rsid w:val="007D3F64"/>
     <w:rsid w:val="007D4679"/>
+    <w:rsid w:val="007D47F6"/>
+    <w:rsid w:val="007D48AB"/>
+    <w:rsid w:val="007D565B"/>
     <w:rsid w:val="007D5FA4"/>
     <w:rsid w:val="007D6006"/>
     <w:rsid w:val="007D6F6C"/>
+    <w:rsid w:val="007D7009"/>
+    <w:rsid w:val="007D7042"/>
     <w:rsid w:val="007D739C"/>
     <w:rsid w:val="007D7954"/>
-    <w:rsid w:val="007E0E7D"/>
+    <w:rsid w:val="007E0F68"/>
     <w:rsid w:val="007E0FB4"/>
+    <w:rsid w:val="007E110D"/>
+    <w:rsid w:val="007E239E"/>
+    <w:rsid w:val="007E36C6"/>
+    <w:rsid w:val="007E3813"/>
+    <w:rsid w:val="007E3B13"/>
     <w:rsid w:val="007E3EF9"/>
     <w:rsid w:val="007E412B"/>
     <w:rsid w:val="007E52A1"/>
+    <w:rsid w:val="007E611C"/>
+    <w:rsid w:val="007E6BB9"/>
     <w:rsid w:val="007E7B78"/>
+    <w:rsid w:val="007F0167"/>
     <w:rsid w:val="007F08AE"/>
-    <w:rsid w:val="007F2C46"/>
+    <w:rsid w:val="007F102C"/>
+    <w:rsid w:val="007F1A20"/>
+    <w:rsid w:val="007F21EC"/>
+    <w:rsid w:val="007F2D7D"/>
     <w:rsid w:val="007F33B3"/>
+    <w:rsid w:val="007F35CA"/>
     <w:rsid w:val="007F3CCA"/>
+    <w:rsid w:val="007F44D1"/>
     <w:rsid w:val="007F4B5C"/>
+    <w:rsid w:val="007F4BFE"/>
     <w:rsid w:val="007F4C11"/>
     <w:rsid w:val="007F56EC"/>
+    <w:rsid w:val="007F6A2A"/>
+    <w:rsid w:val="007F723D"/>
     <w:rsid w:val="007F7899"/>
     <w:rsid w:val="007F7AC7"/>
     <w:rsid w:val="008009B0"/>
+    <w:rsid w:val="00800EE4"/>
     <w:rsid w:val="00801865"/>
     <w:rsid w:val="00801AB7"/>
+    <w:rsid w:val="008027A7"/>
     <w:rsid w:val="00802981"/>
     <w:rsid w:val="00802AD8"/>
+    <w:rsid w:val="00802BC7"/>
+    <w:rsid w:val="008044D0"/>
     <w:rsid w:val="00804516"/>
     <w:rsid w:val="00804536"/>
     <w:rsid w:val="00805E40"/>
+    <w:rsid w:val="008065C2"/>
     <w:rsid w:val="00806DAD"/>
-    <w:rsid w:val="008070F4"/>
+    <w:rsid w:val="008070CA"/>
     <w:rsid w:val="008075B2"/>
     <w:rsid w:val="00810746"/>
     <w:rsid w:val="0081081B"/>
+    <w:rsid w:val="0081109C"/>
+    <w:rsid w:val="0081169A"/>
     <w:rsid w:val="0081195B"/>
     <w:rsid w:val="008127A8"/>
     <w:rsid w:val="00812993"/>
     <w:rsid w:val="008138D0"/>
     <w:rsid w:val="00813B71"/>
     <w:rsid w:val="00814616"/>
     <w:rsid w:val="00814A28"/>
     <w:rsid w:val="00814FB0"/>
-    <w:rsid w:val="0081508F"/>
+    <w:rsid w:val="00815544"/>
     <w:rsid w:val="00815832"/>
     <w:rsid w:val="008163E6"/>
+    <w:rsid w:val="00816F72"/>
     <w:rsid w:val="00817CB8"/>
     <w:rsid w:val="00817FEA"/>
     <w:rsid w:val="0082058F"/>
+    <w:rsid w:val="00821B82"/>
+    <w:rsid w:val="008221C7"/>
     <w:rsid w:val="0082276C"/>
     <w:rsid w:val="00822CBA"/>
     <w:rsid w:val="00825434"/>
+    <w:rsid w:val="00825C9A"/>
     <w:rsid w:val="008264A4"/>
+    <w:rsid w:val="00826967"/>
     <w:rsid w:val="00826E5B"/>
+    <w:rsid w:val="0082795A"/>
+    <w:rsid w:val="00827A18"/>
     <w:rsid w:val="00827CC2"/>
+    <w:rsid w:val="008300BA"/>
+    <w:rsid w:val="0083034D"/>
     <w:rsid w:val="008304DB"/>
     <w:rsid w:val="00830695"/>
+    <w:rsid w:val="00830BF6"/>
     <w:rsid w:val="00830D12"/>
+    <w:rsid w:val="00831332"/>
+    <w:rsid w:val="008315DD"/>
+    <w:rsid w:val="008320C2"/>
+    <w:rsid w:val="00833116"/>
+    <w:rsid w:val="00833141"/>
     <w:rsid w:val="00833252"/>
-    <w:rsid w:val="008334EE"/>
     <w:rsid w:val="008339F3"/>
     <w:rsid w:val="00833B5E"/>
     <w:rsid w:val="00834BD7"/>
     <w:rsid w:val="00835D03"/>
+    <w:rsid w:val="00836169"/>
     <w:rsid w:val="008364DF"/>
     <w:rsid w:val="00836E34"/>
+    <w:rsid w:val="00836E4C"/>
+    <w:rsid w:val="00836EF3"/>
     <w:rsid w:val="0083774F"/>
-    <w:rsid w:val="00840120"/>
+    <w:rsid w:val="00837B3E"/>
+    <w:rsid w:val="00837B9A"/>
     <w:rsid w:val="00840328"/>
     <w:rsid w:val="0084064D"/>
     <w:rsid w:val="00840CD9"/>
     <w:rsid w:val="0084105A"/>
     <w:rsid w:val="00841D7C"/>
+    <w:rsid w:val="00841E15"/>
     <w:rsid w:val="00842F52"/>
     <w:rsid w:val="0084407D"/>
     <w:rsid w:val="00844458"/>
     <w:rsid w:val="008444FD"/>
+    <w:rsid w:val="008445E4"/>
+    <w:rsid w:val="00844EE7"/>
     <w:rsid w:val="0084540A"/>
-    <w:rsid w:val="008469C4"/>
+    <w:rsid w:val="00846B4B"/>
     <w:rsid w:val="0084757C"/>
+    <w:rsid w:val="00850182"/>
     <w:rsid w:val="0085075B"/>
     <w:rsid w:val="00850F82"/>
-    <w:rsid w:val="008511C8"/>
     <w:rsid w:val="008517C4"/>
-    <w:rsid w:val="00852299"/>
     <w:rsid w:val="00852357"/>
+    <w:rsid w:val="00852653"/>
     <w:rsid w:val="00854D43"/>
     <w:rsid w:val="00855099"/>
+    <w:rsid w:val="0085532F"/>
+    <w:rsid w:val="00855A72"/>
     <w:rsid w:val="00856254"/>
     <w:rsid w:val="008566A7"/>
     <w:rsid w:val="00856732"/>
     <w:rsid w:val="00856870"/>
     <w:rsid w:val="00856BA2"/>
     <w:rsid w:val="0085739F"/>
+    <w:rsid w:val="00857E3A"/>
     <w:rsid w:val="00857EEB"/>
     <w:rsid w:val="00857F58"/>
     <w:rsid w:val="008608B0"/>
     <w:rsid w:val="00860D76"/>
     <w:rsid w:val="00861490"/>
     <w:rsid w:val="008629E5"/>
+    <w:rsid w:val="008658D0"/>
     <w:rsid w:val="00866500"/>
     <w:rsid w:val="0086694B"/>
     <w:rsid w:val="00866BB6"/>
     <w:rsid w:val="00870222"/>
     <w:rsid w:val="00871276"/>
+    <w:rsid w:val="00872134"/>
     <w:rsid w:val="0087269B"/>
     <w:rsid w:val="008728E8"/>
     <w:rsid w:val="00872C91"/>
-    <w:rsid w:val="00872D41"/>
+    <w:rsid w:val="00874106"/>
     <w:rsid w:val="0087477F"/>
     <w:rsid w:val="00874C0C"/>
     <w:rsid w:val="00875984"/>
     <w:rsid w:val="00876214"/>
+    <w:rsid w:val="0087698A"/>
     <w:rsid w:val="00880479"/>
     <w:rsid w:val="008810B2"/>
+    <w:rsid w:val="0088251F"/>
+    <w:rsid w:val="008825C5"/>
     <w:rsid w:val="00882DBE"/>
     <w:rsid w:val="00882F04"/>
     <w:rsid w:val="00882F5B"/>
+    <w:rsid w:val="008835F7"/>
+    <w:rsid w:val="00883869"/>
     <w:rsid w:val="008867B1"/>
     <w:rsid w:val="00886C3A"/>
     <w:rsid w:val="00887461"/>
     <w:rsid w:val="00887D5F"/>
     <w:rsid w:val="008905F8"/>
+    <w:rsid w:val="0089074A"/>
     <w:rsid w:val="00890772"/>
     <w:rsid w:val="00890B6A"/>
     <w:rsid w:val="0089128C"/>
+    <w:rsid w:val="0089143D"/>
     <w:rsid w:val="0089166E"/>
+    <w:rsid w:val="00891CA1"/>
+    <w:rsid w:val="00892EC2"/>
     <w:rsid w:val="00893178"/>
+    <w:rsid w:val="008931C4"/>
+    <w:rsid w:val="0089325C"/>
+    <w:rsid w:val="00893938"/>
     <w:rsid w:val="00893C6F"/>
     <w:rsid w:val="00893C81"/>
-    <w:rsid w:val="00893ED2"/>
+    <w:rsid w:val="00896084"/>
     <w:rsid w:val="00897911"/>
     <w:rsid w:val="008A0153"/>
     <w:rsid w:val="008A0BDA"/>
     <w:rsid w:val="008A1DC4"/>
     <w:rsid w:val="008A2261"/>
     <w:rsid w:val="008A2331"/>
+    <w:rsid w:val="008A2C48"/>
+    <w:rsid w:val="008A362D"/>
     <w:rsid w:val="008A3DD7"/>
+    <w:rsid w:val="008A407B"/>
     <w:rsid w:val="008A4472"/>
+    <w:rsid w:val="008A467E"/>
+    <w:rsid w:val="008A47F4"/>
     <w:rsid w:val="008A58DB"/>
     <w:rsid w:val="008A62AE"/>
     <w:rsid w:val="008A62BC"/>
     <w:rsid w:val="008A650F"/>
-    <w:rsid w:val="008A66AA"/>
     <w:rsid w:val="008A6787"/>
     <w:rsid w:val="008A6D9B"/>
     <w:rsid w:val="008A7F36"/>
     <w:rsid w:val="008B037F"/>
     <w:rsid w:val="008B0879"/>
     <w:rsid w:val="008B0E63"/>
     <w:rsid w:val="008B21CF"/>
     <w:rsid w:val="008B2F0C"/>
     <w:rsid w:val="008B3B93"/>
     <w:rsid w:val="008B3BC6"/>
     <w:rsid w:val="008B3E72"/>
-    <w:rsid w:val="008B4A2A"/>
-    <w:rsid w:val="008B4FEF"/>
+    <w:rsid w:val="008B40BA"/>
+    <w:rsid w:val="008B4206"/>
+    <w:rsid w:val="008B42A1"/>
     <w:rsid w:val="008B502F"/>
+    <w:rsid w:val="008B53FD"/>
     <w:rsid w:val="008B548C"/>
     <w:rsid w:val="008B5E59"/>
+    <w:rsid w:val="008B6631"/>
+    <w:rsid w:val="008B6E0F"/>
     <w:rsid w:val="008B73FA"/>
     <w:rsid w:val="008B7FD5"/>
+    <w:rsid w:val="008C035B"/>
     <w:rsid w:val="008C0E39"/>
     <w:rsid w:val="008C315F"/>
+    <w:rsid w:val="008C3C9D"/>
+    <w:rsid w:val="008C5499"/>
+    <w:rsid w:val="008C5822"/>
+    <w:rsid w:val="008C58B5"/>
+    <w:rsid w:val="008C63A9"/>
     <w:rsid w:val="008C6432"/>
+    <w:rsid w:val="008D03F5"/>
+    <w:rsid w:val="008D042B"/>
     <w:rsid w:val="008D0545"/>
     <w:rsid w:val="008D0DF0"/>
-    <w:rsid w:val="008D0F9C"/>
-    <w:rsid w:val="008D1874"/>
+    <w:rsid w:val="008D0FF7"/>
     <w:rsid w:val="008D1B79"/>
+    <w:rsid w:val="008D1C8D"/>
+    <w:rsid w:val="008D1CBF"/>
+    <w:rsid w:val="008D24AB"/>
     <w:rsid w:val="008D259C"/>
     <w:rsid w:val="008D28C8"/>
     <w:rsid w:val="008D2CB5"/>
+    <w:rsid w:val="008D31B8"/>
     <w:rsid w:val="008D3D80"/>
     <w:rsid w:val="008D3FB8"/>
+    <w:rsid w:val="008D4445"/>
     <w:rsid w:val="008D5099"/>
-    <w:rsid w:val="008D6A04"/>
+    <w:rsid w:val="008D54A5"/>
     <w:rsid w:val="008D6DC4"/>
     <w:rsid w:val="008D7F62"/>
     <w:rsid w:val="008E0D24"/>
+    <w:rsid w:val="008E0F98"/>
+    <w:rsid w:val="008E1751"/>
+    <w:rsid w:val="008E1B38"/>
     <w:rsid w:val="008E3118"/>
     <w:rsid w:val="008E44C1"/>
     <w:rsid w:val="008E470A"/>
+    <w:rsid w:val="008E5382"/>
     <w:rsid w:val="008E5920"/>
     <w:rsid w:val="008E6804"/>
     <w:rsid w:val="008E7E3A"/>
     <w:rsid w:val="008F06E6"/>
     <w:rsid w:val="008F1B1E"/>
+    <w:rsid w:val="008F21F5"/>
     <w:rsid w:val="008F2EE5"/>
     <w:rsid w:val="008F2FEA"/>
     <w:rsid w:val="008F3035"/>
+    <w:rsid w:val="008F394F"/>
+    <w:rsid w:val="008F3F2D"/>
     <w:rsid w:val="008F41EF"/>
     <w:rsid w:val="008F451D"/>
+    <w:rsid w:val="008F480A"/>
     <w:rsid w:val="008F571A"/>
     <w:rsid w:val="008F68D8"/>
     <w:rsid w:val="008F6B5F"/>
+    <w:rsid w:val="008F6D5B"/>
     <w:rsid w:val="008F6D5F"/>
     <w:rsid w:val="008F7B42"/>
     <w:rsid w:val="008F7E06"/>
     <w:rsid w:val="008F7EAF"/>
     <w:rsid w:val="00900078"/>
+    <w:rsid w:val="00900B74"/>
     <w:rsid w:val="0090127E"/>
     <w:rsid w:val="00902A8A"/>
     <w:rsid w:val="00902BF1"/>
+    <w:rsid w:val="00902CFC"/>
+    <w:rsid w:val="00902E1D"/>
+    <w:rsid w:val="00903EB6"/>
+    <w:rsid w:val="0090440D"/>
     <w:rsid w:val="009049FC"/>
     <w:rsid w:val="00904D56"/>
     <w:rsid w:val="009051EC"/>
     <w:rsid w:val="009061C6"/>
     <w:rsid w:val="00906BAC"/>
+    <w:rsid w:val="00907160"/>
     <w:rsid w:val="009072ED"/>
     <w:rsid w:val="009078DB"/>
+    <w:rsid w:val="00907C93"/>
     <w:rsid w:val="00907D17"/>
     <w:rsid w:val="00911033"/>
-    <w:rsid w:val="00911043"/>
     <w:rsid w:val="009115B0"/>
     <w:rsid w:val="00911FB5"/>
     <w:rsid w:val="00912511"/>
     <w:rsid w:val="00912B57"/>
+    <w:rsid w:val="00912EF8"/>
+    <w:rsid w:val="00913592"/>
+    <w:rsid w:val="00913AB6"/>
+    <w:rsid w:val="00913F8A"/>
+    <w:rsid w:val="009145F3"/>
     <w:rsid w:val="00914A2D"/>
     <w:rsid w:val="00915797"/>
     <w:rsid w:val="00915FC4"/>
-    <w:rsid w:val="00916119"/>
+    <w:rsid w:val="009161E6"/>
+    <w:rsid w:val="00917E13"/>
     <w:rsid w:val="009209B8"/>
     <w:rsid w:val="00921CD7"/>
     <w:rsid w:val="0092201B"/>
     <w:rsid w:val="0092233E"/>
     <w:rsid w:val="00922881"/>
     <w:rsid w:val="0092361A"/>
+    <w:rsid w:val="00923AF2"/>
     <w:rsid w:val="00923C3F"/>
     <w:rsid w:val="00924133"/>
     <w:rsid w:val="00924985"/>
+    <w:rsid w:val="00924CC0"/>
+    <w:rsid w:val="00925153"/>
+    <w:rsid w:val="00925B6D"/>
     <w:rsid w:val="00926463"/>
+    <w:rsid w:val="0092709B"/>
     <w:rsid w:val="009270E8"/>
     <w:rsid w:val="009275FF"/>
-    <w:rsid w:val="0092778E"/>
     <w:rsid w:val="00927A6E"/>
     <w:rsid w:val="00930FC4"/>
     <w:rsid w:val="0093199A"/>
+    <w:rsid w:val="00931ED0"/>
     <w:rsid w:val="0093231C"/>
     <w:rsid w:val="009325F1"/>
+    <w:rsid w:val="0093268E"/>
     <w:rsid w:val="00932C2F"/>
     <w:rsid w:val="00934873"/>
     <w:rsid w:val="009351FC"/>
     <w:rsid w:val="009359E4"/>
-    <w:rsid w:val="009372D8"/>
     <w:rsid w:val="009400AB"/>
-    <w:rsid w:val="0094044A"/>
     <w:rsid w:val="009408E7"/>
     <w:rsid w:val="00942D3C"/>
     <w:rsid w:val="009434C6"/>
+    <w:rsid w:val="0094384A"/>
     <w:rsid w:val="0094466B"/>
     <w:rsid w:val="00945FE1"/>
+    <w:rsid w:val="00946A57"/>
+    <w:rsid w:val="009476BA"/>
+    <w:rsid w:val="0094793F"/>
     <w:rsid w:val="00950554"/>
+    <w:rsid w:val="0095075F"/>
+    <w:rsid w:val="009509C1"/>
     <w:rsid w:val="00950E41"/>
     <w:rsid w:val="009513B9"/>
+    <w:rsid w:val="00951B79"/>
+    <w:rsid w:val="00952305"/>
     <w:rsid w:val="009525A3"/>
+    <w:rsid w:val="00952819"/>
+    <w:rsid w:val="00952CA5"/>
     <w:rsid w:val="00952FF3"/>
     <w:rsid w:val="009538C3"/>
     <w:rsid w:val="00954B96"/>
     <w:rsid w:val="00955360"/>
     <w:rsid w:val="00955481"/>
     <w:rsid w:val="009556D1"/>
     <w:rsid w:val="00955BB9"/>
     <w:rsid w:val="00955D99"/>
     <w:rsid w:val="00956290"/>
     <w:rsid w:val="00956665"/>
+    <w:rsid w:val="00956CFA"/>
     <w:rsid w:val="00957165"/>
     <w:rsid w:val="00957D1B"/>
-    <w:rsid w:val="00957F70"/>
     <w:rsid w:val="009623B5"/>
+    <w:rsid w:val="00962407"/>
     <w:rsid w:val="00962679"/>
     <w:rsid w:val="00962AB2"/>
     <w:rsid w:val="00963685"/>
     <w:rsid w:val="00964511"/>
-    <w:rsid w:val="00964EC0"/>
+    <w:rsid w:val="009658FA"/>
+    <w:rsid w:val="00965A6A"/>
+    <w:rsid w:val="00967056"/>
+    <w:rsid w:val="009673CC"/>
     <w:rsid w:val="009675B5"/>
     <w:rsid w:val="009700F8"/>
+    <w:rsid w:val="009704E0"/>
     <w:rsid w:val="009709FC"/>
     <w:rsid w:val="009722E7"/>
+    <w:rsid w:val="0097243C"/>
     <w:rsid w:val="00972B34"/>
-    <w:rsid w:val="00972E48"/>
-    <w:rsid w:val="009737E8"/>
+    <w:rsid w:val="00972B42"/>
+    <w:rsid w:val="00974873"/>
     <w:rsid w:val="0097529F"/>
     <w:rsid w:val="009757C3"/>
     <w:rsid w:val="009760F1"/>
+    <w:rsid w:val="009773AC"/>
     <w:rsid w:val="00977C23"/>
     <w:rsid w:val="00980BF4"/>
+    <w:rsid w:val="00981E18"/>
+    <w:rsid w:val="00981FDF"/>
     <w:rsid w:val="00982FE4"/>
     <w:rsid w:val="0098300B"/>
+    <w:rsid w:val="009831D6"/>
     <w:rsid w:val="0098399F"/>
+    <w:rsid w:val="009841EE"/>
+    <w:rsid w:val="00984CD3"/>
     <w:rsid w:val="0098546E"/>
+    <w:rsid w:val="00986737"/>
+    <w:rsid w:val="009867C7"/>
     <w:rsid w:val="0098784C"/>
     <w:rsid w:val="0099039E"/>
     <w:rsid w:val="00990986"/>
+    <w:rsid w:val="009910E5"/>
+    <w:rsid w:val="009923DA"/>
     <w:rsid w:val="0099369E"/>
+    <w:rsid w:val="00993952"/>
     <w:rsid w:val="00993D32"/>
+    <w:rsid w:val="00993E47"/>
     <w:rsid w:val="00994A25"/>
     <w:rsid w:val="00994BDC"/>
+    <w:rsid w:val="00994D54"/>
     <w:rsid w:val="00997A67"/>
     <w:rsid w:val="00997ED4"/>
-    <w:rsid w:val="009A05FA"/>
+    <w:rsid w:val="009A0042"/>
     <w:rsid w:val="009A062D"/>
     <w:rsid w:val="009A07FD"/>
+    <w:rsid w:val="009A117B"/>
     <w:rsid w:val="009A176D"/>
+    <w:rsid w:val="009A17A8"/>
     <w:rsid w:val="009A19C1"/>
     <w:rsid w:val="009A1A14"/>
     <w:rsid w:val="009A2567"/>
+    <w:rsid w:val="009A2F0B"/>
+    <w:rsid w:val="009A3D7A"/>
     <w:rsid w:val="009A4652"/>
     <w:rsid w:val="009A4723"/>
     <w:rsid w:val="009A63BD"/>
+    <w:rsid w:val="009A64B2"/>
+    <w:rsid w:val="009B1B7C"/>
+    <w:rsid w:val="009B1FE3"/>
+    <w:rsid w:val="009B20D8"/>
     <w:rsid w:val="009B2E81"/>
     <w:rsid w:val="009B32B1"/>
-    <w:rsid w:val="009B3FCB"/>
+    <w:rsid w:val="009B45C1"/>
+    <w:rsid w:val="009B4B21"/>
+    <w:rsid w:val="009B4F04"/>
     <w:rsid w:val="009B5CFF"/>
     <w:rsid w:val="009B621B"/>
     <w:rsid w:val="009B6739"/>
+    <w:rsid w:val="009B7771"/>
+    <w:rsid w:val="009B77AD"/>
     <w:rsid w:val="009B7936"/>
+    <w:rsid w:val="009B7BBB"/>
     <w:rsid w:val="009C0043"/>
     <w:rsid w:val="009C2113"/>
+    <w:rsid w:val="009C3184"/>
     <w:rsid w:val="009C35CA"/>
     <w:rsid w:val="009C39F7"/>
+    <w:rsid w:val="009C4393"/>
     <w:rsid w:val="009C4C6D"/>
     <w:rsid w:val="009C4D7C"/>
     <w:rsid w:val="009C4D83"/>
     <w:rsid w:val="009C4E44"/>
-    <w:rsid w:val="009C58E8"/>
+    <w:rsid w:val="009C5025"/>
+    <w:rsid w:val="009C5103"/>
     <w:rsid w:val="009C5913"/>
     <w:rsid w:val="009C5BB6"/>
-    <w:rsid w:val="009C67F1"/>
+    <w:rsid w:val="009C6B9E"/>
+    <w:rsid w:val="009C7030"/>
     <w:rsid w:val="009C7487"/>
+    <w:rsid w:val="009C7BC2"/>
     <w:rsid w:val="009D1171"/>
     <w:rsid w:val="009D1F49"/>
     <w:rsid w:val="009D20F8"/>
+    <w:rsid w:val="009D42A6"/>
+    <w:rsid w:val="009D5335"/>
     <w:rsid w:val="009D60E3"/>
-    <w:rsid w:val="009E02BA"/>
+    <w:rsid w:val="009E00E3"/>
+    <w:rsid w:val="009E00F8"/>
+    <w:rsid w:val="009E0FFA"/>
+    <w:rsid w:val="009E1852"/>
     <w:rsid w:val="009E28A4"/>
+    <w:rsid w:val="009E30DD"/>
     <w:rsid w:val="009E3D91"/>
+    <w:rsid w:val="009E3FDC"/>
+    <w:rsid w:val="009E40A0"/>
+    <w:rsid w:val="009E431A"/>
+    <w:rsid w:val="009E4478"/>
     <w:rsid w:val="009E46D0"/>
+    <w:rsid w:val="009E4CEA"/>
     <w:rsid w:val="009E4D47"/>
-    <w:rsid w:val="009E6580"/>
+    <w:rsid w:val="009E5C81"/>
+    <w:rsid w:val="009E65A7"/>
+    <w:rsid w:val="009E6951"/>
+    <w:rsid w:val="009E6E51"/>
+    <w:rsid w:val="009F023D"/>
+    <w:rsid w:val="009F0B8D"/>
+    <w:rsid w:val="009F2E99"/>
+    <w:rsid w:val="009F32DB"/>
+    <w:rsid w:val="009F34AB"/>
+    <w:rsid w:val="009F3BEA"/>
+    <w:rsid w:val="009F44E0"/>
     <w:rsid w:val="009F474F"/>
     <w:rsid w:val="009F4A71"/>
     <w:rsid w:val="009F4DBE"/>
     <w:rsid w:val="009F5194"/>
     <w:rsid w:val="009F562A"/>
     <w:rsid w:val="009F5ADB"/>
-    <w:rsid w:val="009F7BDA"/>
+    <w:rsid w:val="009F5BE7"/>
+    <w:rsid w:val="009F7997"/>
     <w:rsid w:val="00A01B35"/>
-    <w:rsid w:val="00A02258"/>
     <w:rsid w:val="00A030CB"/>
     <w:rsid w:val="00A034B2"/>
-    <w:rsid w:val="00A0395B"/>
     <w:rsid w:val="00A03F42"/>
     <w:rsid w:val="00A0437E"/>
     <w:rsid w:val="00A04B88"/>
-    <w:rsid w:val="00A04E70"/>
     <w:rsid w:val="00A0500E"/>
     <w:rsid w:val="00A055E0"/>
     <w:rsid w:val="00A07368"/>
+    <w:rsid w:val="00A07500"/>
     <w:rsid w:val="00A07BA1"/>
     <w:rsid w:val="00A13BB3"/>
     <w:rsid w:val="00A13C10"/>
+    <w:rsid w:val="00A1410E"/>
     <w:rsid w:val="00A14DE7"/>
     <w:rsid w:val="00A159CA"/>
     <w:rsid w:val="00A15D95"/>
     <w:rsid w:val="00A16FBD"/>
     <w:rsid w:val="00A171B4"/>
     <w:rsid w:val="00A17568"/>
-    <w:rsid w:val="00A17AC4"/>
     <w:rsid w:val="00A17FE7"/>
     <w:rsid w:val="00A205F3"/>
     <w:rsid w:val="00A208D5"/>
     <w:rsid w:val="00A216C9"/>
     <w:rsid w:val="00A22981"/>
     <w:rsid w:val="00A22B74"/>
+    <w:rsid w:val="00A23299"/>
     <w:rsid w:val="00A241D8"/>
     <w:rsid w:val="00A24768"/>
+    <w:rsid w:val="00A24831"/>
     <w:rsid w:val="00A252E3"/>
     <w:rsid w:val="00A2592B"/>
+    <w:rsid w:val="00A26151"/>
     <w:rsid w:val="00A26987"/>
     <w:rsid w:val="00A26A14"/>
     <w:rsid w:val="00A26B15"/>
     <w:rsid w:val="00A27221"/>
     <w:rsid w:val="00A30AD0"/>
+    <w:rsid w:val="00A3139D"/>
+    <w:rsid w:val="00A321AE"/>
+    <w:rsid w:val="00A3277D"/>
     <w:rsid w:val="00A3296E"/>
     <w:rsid w:val="00A3300F"/>
-    <w:rsid w:val="00A3391D"/>
     <w:rsid w:val="00A33CC6"/>
     <w:rsid w:val="00A340E9"/>
     <w:rsid w:val="00A3453F"/>
+    <w:rsid w:val="00A347DB"/>
     <w:rsid w:val="00A34FFB"/>
     <w:rsid w:val="00A35252"/>
     <w:rsid w:val="00A358E6"/>
+    <w:rsid w:val="00A35A83"/>
     <w:rsid w:val="00A35AB2"/>
     <w:rsid w:val="00A35BD1"/>
-    <w:rsid w:val="00A36AAB"/>
     <w:rsid w:val="00A37395"/>
+    <w:rsid w:val="00A375BC"/>
     <w:rsid w:val="00A37859"/>
+    <w:rsid w:val="00A37AD1"/>
+    <w:rsid w:val="00A401BA"/>
+    <w:rsid w:val="00A40597"/>
+    <w:rsid w:val="00A40AFC"/>
+    <w:rsid w:val="00A40D69"/>
+    <w:rsid w:val="00A4147A"/>
+    <w:rsid w:val="00A4195D"/>
     <w:rsid w:val="00A42357"/>
     <w:rsid w:val="00A42B03"/>
-    <w:rsid w:val="00A457FA"/>
+    <w:rsid w:val="00A440D9"/>
+    <w:rsid w:val="00A44C74"/>
+    <w:rsid w:val="00A45D30"/>
     <w:rsid w:val="00A45F81"/>
+    <w:rsid w:val="00A46DF9"/>
     <w:rsid w:val="00A47A01"/>
+    <w:rsid w:val="00A47D11"/>
+    <w:rsid w:val="00A505DC"/>
+    <w:rsid w:val="00A507D4"/>
     <w:rsid w:val="00A50CF8"/>
     <w:rsid w:val="00A51908"/>
+    <w:rsid w:val="00A51B6A"/>
+    <w:rsid w:val="00A51CCB"/>
     <w:rsid w:val="00A53000"/>
+    <w:rsid w:val="00A53702"/>
+    <w:rsid w:val="00A5380E"/>
     <w:rsid w:val="00A538FB"/>
     <w:rsid w:val="00A53FD5"/>
     <w:rsid w:val="00A54E54"/>
     <w:rsid w:val="00A54E64"/>
+    <w:rsid w:val="00A559E1"/>
+    <w:rsid w:val="00A55D6C"/>
+    <w:rsid w:val="00A56341"/>
+    <w:rsid w:val="00A56887"/>
+    <w:rsid w:val="00A56BF4"/>
+    <w:rsid w:val="00A56E9E"/>
+    <w:rsid w:val="00A570F7"/>
     <w:rsid w:val="00A57BFD"/>
+    <w:rsid w:val="00A6075F"/>
     <w:rsid w:val="00A61372"/>
     <w:rsid w:val="00A61745"/>
+    <w:rsid w:val="00A618AD"/>
     <w:rsid w:val="00A62167"/>
     <w:rsid w:val="00A64348"/>
+    <w:rsid w:val="00A64BFE"/>
     <w:rsid w:val="00A64CDB"/>
-    <w:rsid w:val="00A64FA3"/>
+    <w:rsid w:val="00A64F90"/>
     <w:rsid w:val="00A65525"/>
+    <w:rsid w:val="00A657DB"/>
+    <w:rsid w:val="00A65EDF"/>
+    <w:rsid w:val="00A66421"/>
     <w:rsid w:val="00A668B6"/>
-    <w:rsid w:val="00A7049A"/>
+    <w:rsid w:val="00A709A8"/>
     <w:rsid w:val="00A70E27"/>
+    <w:rsid w:val="00A7120A"/>
     <w:rsid w:val="00A7127F"/>
     <w:rsid w:val="00A712C4"/>
+    <w:rsid w:val="00A719A3"/>
     <w:rsid w:val="00A71DEF"/>
     <w:rsid w:val="00A723A0"/>
+    <w:rsid w:val="00A72D1C"/>
     <w:rsid w:val="00A72D75"/>
     <w:rsid w:val="00A7330C"/>
     <w:rsid w:val="00A73543"/>
+    <w:rsid w:val="00A73A25"/>
+    <w:rsid w:val="00A73F58"/>
     <w:rsid w:val="00A74465"/>
     <w:rsid w:val="00A74555"/>
+    <w:rsid w:val="00A74763"/>
+    <w:rsid w:val="00A74B3A"/>
     <w:rsid w:val="00A74EBE"/>
+    <w:rsid w:val="00A75FC5"/>
     <w:rsid w:val="00A768CF"/>
+    <w:rsid w:val="00A77075"/>
     <w:rsid w:val="00A77B89"/>
     <w:rsid w:val="00A80906"/>
     <w:rsid w:val="00A80D16"/>
     <w:rsid w:val="00A812D8"/>
     <w:rsid w:val="00A81753"/>
+    <w:rsid w:val="00A81D3F"/>
+    <w:rsid w:val="00A81F45"/>
     <w:rsid w:val="00A82393"/>
     <w:rsid w:val="00A8281D"/>
     <w:rsid w:val="00A82855"/>
     <w:rsid w:val="00A82D7E"/>
     <w:rsid w:val="00A8408C"/>
+    <w:rsid w:val="00A848B2"/>
     <w:rsid w:val="00A858B3"/>
     <w:rsid w:val="00A8613D"/>
     <w:rsid w:val="00A870C6"/>
+    <w:rsid w:val="00A87676"/>
     <w:rsid w:val="00A901A7"/>
     <w:rsid w:val="00A903AA"/>
     <w:rsid w:val="00A91A61"/>
+    <w:rsid w:val="00A91CC4"/>
     <w:rsid w:val="00A91FA1"/>
     <w:rsid w:val="00A92442"/>
     <w:rsid w:val="00A928DF"/>
+    <w:rsid w:val="00A932AB"/>
     <w:rsid w:val="00A932CE"/>
     <w:rsid w:val="00A933D3"/>
     <w:rsid w:val="00A93A10"/>
     <w:rsid w:val="00A94DAA"/>
+    <w:rsid w:val="00A956AE"/>
     <w:rsid w:val="00A95D3F"/>
-    <w:rsid w:val="00A9678C"/>
-    <w:rsid w:val="00A9742C"/>
     <w:rsid w:val="00AA0832"/>
     <w:rsid w:val="00AA0D59"/>
+    <w:rsid w:val="00AA145C"/>
     <w:rsid w:val="00AA1646"/>
     <w:rsid w:val="00AA1AE0"/>
     <w:rsid w:val="00AA1D03"/>
     <w:rsid w:val="00AA2593"/>
     <w:rsid w:val="00AA2A20"/>
     <w:rsid w:val="00AA4387"/>
-    <w:rsid w:val="00AA4DD2"/>
+    <w:rsid w:val="00AA54BD"/>
     <w:rsid w:val="00AA599B"/>
+    <w:rsid w:val="00AA5EA2"/>
     <w:rsid w:val="00AA5ECF"/>
+    <w:rsid w:val="00AA6346"/>
+    <w:rsid w:val="00AA6534"/>
     <w:rsid w:val="00AA6F72"/>
+    <w:rsid w:val="00AA7A6A"/>
     <w:rsid w:val="00AB08D3"/>
-    <w:rsid w:val="00AB0C9A"/>
     <w:rsid w:val="00AB0EB6"/>
+    <w:rsid w:val="00AB21F2"/>
     <w:rsid w:val="00AB24AF"/>
+    <w:rsid w:val="00AB2BE7"/>
     <w:rsid w:val="00AB3F00"/>
     <w:rsid w:val="00AB47F2"/>
     <w:rsid w:val="00AB49FD"/>
+    <w:rsid w:val="00AB4CC3"/>
     <w:rsid w:val="00AB509A"/>
+    <w:rsid w:val="00AB54FC"/>
+    <w:rsid w:val="00AB5736"/>
+    <w:rsid w:val="00AB58E2"/>
+    <w:rsid w:val="00AB65F3"/>
+    <w:rsid w:val="00AB667C"/>
     <w:rsid w:val="00AB6CFC"/>
     <w:rsid w:val="00AB72D9"/>
     <w:rsid w:val="00AB75DD"/>
     <w:rsid w:val="00AB7EFE"/>
+    <w:rsid w:val="00AC0040"/>
     <w:rsid w:val="00AC03D1"/>
     <w:rsid w:val="00AC119A"/>
     <w:rsid w:val="00AC2074"/>
     <w:rsid w:val="00AC26A6"/>
-    <w:rsid w:val="00AC26CF"/>
-    <w:rsid w:val="00AC2810"/>
+    <w:rsid w:val="00AC2F26"/>
     <w:rsid w:val="00AC36A8"/>
-    <w:rsid w:val="00AC37D5"/>
     <w:rsid w:val="00AC3CB7"/>
+    <w:rsid w:val="00AC3E53"/>
+    <w:rsid w:val="00AC449B"/>
+    <w:rsid w:val="00AC4661"/>
     <w:rsid w:val="00AC491F"/>
+    <w:rsid w:val="00AC4FE8"/>
     <w:rsid w:val="00AC50DC"/>
+    <w:rsid w:val="00AC5E4E"/>
     <w:rsid w:val="00AC60BA"/>
     <w:rsid w:val="00AC6655"/>
     <w:rsid w:val="00AC6E6D"/>
     <w:rsid w:val="00AC7142"/>
     <w:rsid w:val="00AC7214"/>
     <w:rsid w:val="00AC73CB"/>
+    <w:rsid w:val="00AC7972"/>
     <w:rsid w:val="00AC7B71"/>
     <w:rsid w:val="00AC7B8F"/>
     <w:rsid w:val="00AC7CE2"/>
     <w:rsid w:val="00AD0B57"/>
     <w:rsid w:val="00AD0EA4"/>
     <w:rsid w:val="00AD1528"/>
+    <w:rsid w:val="00AD280F"/>
     <w:rsid w:val="00AD3DA9"/>
     <w:rsid w:val="00AD42A2"/>
     <w:rsid w:val="00AD4EE5"/>
     <w:rsid w:val="00AD4FB2"/>
+    <w:rsid w:val="00AD4FDE"/>
+    <w:rsid w:val="00AD5096"/>
     <w:rsid w:val="00AD5853"/>
+    <w:rsid w:val="00AD591B"/>
     <w:rsid w:val="00AD5AEE"/>
     <w:rsid w:val="00AD62CD"/>
+    <w:rsid w:val="00AD6C98"/>
+    <w:rsid w:val="00AD79B4"/>
     <w:rsid w:val="00AD7CEB"/>
     <w:rsid w:val="00AE0105"/>
     <w:rsid w:val="00AE0678"/>
+    <w:rsid w:val="00AE0C46"/>
+    <w:rsid w:val="00AE1F72"/>
+    <w:rsid w:val="00AE24C9"/>
     <w:rsid w:val="00AE3184"/>
+    <w:rsid w:val="00AE34D6"/>
+    <w:rsid w:val="00AE55BB"/>
     <w:rsid w:val="00AE58E8"/>
     <w:rsid w:val="00AE599B"/>
     <w:rsid w:val="00AE5EB7"/>
+    <w:rsid w:val="00AE65AC"/>
+    <w:rsid w:val="00AE6D1F"/>
+    <w:rsid w:val="00AE78A2"/>
+    <w:rsid w:val="00AE7FDF"/>
     <w:rsid w:val="00AF0CB2"/>
+    <w:rsid w:val="00AF0D9D"/>
     <w:rsid w:val="00AF2CB9"/>
+    <w:rsid w:val="00AF3247"/>
     <w:rsid w:val="00AF337A"/>
     <w:rsid w:val="00AF37E6"/>
     <w:rsid w:val="00AF3E77"/>
     <w:rsid w:val="00AF46A9"/>
+    <w:rsid w:val="00AF4D5F"/>
+    <w:rsid w:val="00AF4DEB"/>
+    <w:rsid w:val="00AF5AF6"/>
+    <w:rsid w:val="00AF5BB7"/>
     <w:rsid w:val="00AF60DA"/>
     <w:rsid w:val="00AF618F"/>
-    <w:rsid w:val="00AF66D9"/>
-    <w:rsid w:val="00AF7157"/>
+    <w:rsid w:val="00AF6AF9"/>
     <w:rsid w:val="00AF7A1D"/>
     <w:rsid w:val="00AF7F9D"/>
     <w:rsid w:val="00B00A04"/>
     <w:rsid w:val="00B00ED0"/>
+    <w:rsid w:val="00B012C0"/>
+    <w:rsid w:val="00B01CFE"/>
+    <w:rsid w:val="00B02182"/>
+    <w:rsid w:val="00B0220D"/>
+    <w:rsid w:val="00B028EE"/>
+    <w:rsid w:val="00B03A61"/>
     <w:rsid w:val="00B042AC"/>
     <w:rsid w:val="00B05094"/>
     <w:rsid w:val="00B050BB"/>
     <w:rsid w:val="00B0529C"/>
+    <w:rsid w:val="00B05BA2"/>
     <w:rsid w:val="00B063CD"/>
-    <w:rsid w:val="00B069E4"/>
+    <w:rsid w:val="00B06553"/>
     <w:rsid w:val="00B06B64"/>
     <w:rsid w:val="00B07208"/>
+    <w:rsid w:val="00B10515"/>
+    <w:rsid w:val="00B10970"/>
     <w:rsid w:val="00B11659"/>
     <w:rsid w:val="00B12B7E"/>
     <w:rsid w:val="00B12CBA"/>
+    <w:rsid w:val="00B13299"/>
     <w:rsid w:val="00B13524"/>
+    <w:rsid w:val="00B13596"/>
     <w:rsid w:val="00B13A88"/>
+    <w:rsid w:val="00B14112"/>
+    <w:rsid w:val="00B14517"/>
+    <w:rsid w:val="00B164FA"/>
     <w:rsid w:val="00B16806"/>
+    <w:rsid w:val="00B172D2"/>
+    <w:rsid w:val="00B1786B"/>
     <w:rsid w:val="00B203F8"/>
+    <w:rsid w:val="00B20789"/>
     <w:rsid w:val="00B20850"/>
+    <w:rsid w:val="00B20A23"/>
     <w:rsid w:val="00B21562"/>
+    <w:rsid w:val="00B21654"/>
     <w:rsid w:val="00B21697"/>
     <w:rsid w:val="00B21775"/>
     <w:rsid w:val="00B22B86"/>
-    <w:rsid w:val="00B23CB5"/>
+    <w:rsid w:val="00B23E1C"/>
     <w:rsid w:val="00B24562"/>
     <w:rsid w:val="00B24F26"/>
     <w:rsid w:val="00B2516A"/>
     <w:rsid w:val="00B2616C"/>
     <w:rsid w:val="00B30927"/>
+    <w:rsid w:val="00B30D9C"/>
     <w:rsid w:val="00B31982"/>
     <w:rsid w:val="00B31FB0"/>
     <w:rsid w:val="00B323E4"/>
-    <w:rsid w:val="00B32CCC"/>
     <w:rsid w:val="00B32D16"/>
     <w:rsid w:val="00B32E18"/>
     <w:rsid w:val="00B33DE8"/>
+    <w:rsid w:val="00B34EC1"/>
     <w:rsid w:val="00B3516B"/>
     <w:rsid w:val="00B37C19"/>
     <w:rsid w:val="00B409FE"/>
     <w:rsid w:val="00B413CF"/>
+    <w:rsid w:val="00B42372"/>
     <w:rsid w:val="00B42548"/>
+    <w:rsid w:val="00B42724"/>
+    <w:rsid w:val="00B43F7A"/>
     <w:rsid w:val="00B44C13"/>
+    <w:rsid w:val="00B453B0"/>
     <w:rsid w:val="00B459F7"/>
     <w:rsid w:val="00B46206"/>
+    <w:rsid w:val="00B46A7A"/>
     <w:rsid w:val="00B47361"/>
+    <w:rsid w:val="00B4786B"/>
     <w:rsid w:val="00B47E2B"/>
     <w:rsid w:val="00B500CD"/>
     <w:rsid w:val="00B50A93"/>
     <w:rsid w:val="00B50CE6"/>
     <w:rsid w:val="00B52AC5"/>
-    <w:rsid w:val="00B52C83"/>
     <w:rsid w:val="00B53B2E"/>
+    <w:rsid w:val="00B5494D"/>
+    <w:rsid w:val="00B55407"/>
+    <w:rsid w:val="00B56CA0"/>
     <w:rsid w:val="00B57399"/>
+    <w:rsid w:val="00B57E7A"/>
     <w:rsid w:val="00B602CF"/>
     <w:rsid w:val="00B60EAD"/>
+    <w:rsid w:val="00B622DD"/>
+    <w:rsid w:val="00B6232A"/>
+    <w:rsid w:val="00B62D89"/>
     <w:rsid w:val="00B63661"/>
     <w:rsid w:val="00B63D75"/>
+    <w:rsid w:val="00B63F85"/>
     <w:rsid w:val="00B6446E"/>
+    <w:rsid w:val="00B644FB"/>
     <w:rsid w:val="00B65DBB"/>
     <w:rsid w:val="00B65F06"/>
+    <w:rsid w:val="00B660F3"/>
+    <w:rsid w:val="00B7135E"/>
+    <w:rsid w:val="00B71ED5"/>
+    <w:rsid w:val="00B72219"/>
+    <w:rsid w:val="00B724C1"/>
     <w:rsid w:val="00B72BF4"/>
     <w:rsid w:val="00B73133"/>
     <w:rsid w:val="00B739CA"/>
-    <w:rsid w:val="00B75B29"/>
+    <w:rsid w:val="00B73BB0"/>
+    <w:rsid w:val="00B758F5"/>
     <w:rsid w:val="00B7622E"/>
+    <w:rsid w:val="00B7712E"/>
     <w:rsid w:val="00B77180"/>
     <w:rsid w:val="00B775AE"/>
     <w:rsid w:val="00B77949"/>
+    <w:rsid w:val="00B80A15"/>
     <w:rsid w:val="00B81402"/>
+    <w:rsid w:val="00B814F0"/>
     <w:rsid w:val="00B81950"/>
     <w:rsid w:val="00B819E9"/>
-    <w:rsid w:val="00B82F4D"/>
+    <w:rsid w:val="00B842A8"/>
+    <w:rsid w:val="00B844B7"/>
+    <w:rsid w:val="00B84DB7"/>
+    <w:rsid w:val="00B85376"/>
     <w:rsid w:val="00B8548E"/>
     <w:rsid w:val="00B873D9"/>
-    <w:rsid w:val="00B87CBD"/>
     <w:rsid w:val="00B90460"/>
+    <w:rsid w:val="00B90E55"/>
     <w:rsid w:val="00B926BE"/>
+    <w:rsid w:val="00B92F22"/>
+    <w:rsid w:val="00B934B8"/>
+    <w:rsid w:val="00B9365B"/>
     <w:rsid w:val="00B9466C"/>
     <w:rsid w:val="00B950E8"/>
     <w:rsid w:val="00B95717"/>
-    <w:rsid w:val="00B95B21"/>
     <w:rsid w:val="00B969B5"/>
     <w:rsid w:val="00B977B7"/>
+    <w:rsid w:val="00B97D33"/>
+    <w:rsid w:val="00BA0117"/>
     <w:rsid w:val="00BA0DAA"/>
     <w:rsid w:val="00BA13DD"/>
     <w:rsid w:val="00BA14E8"/>
     <w:rsid w:val="00BA2AB1"/>
     <w:rsid w:val="00BA2C86"/>
+    <w:rsid w:val="00BA3C63"/>
+    <w:rsid w:val="00BA5EE9"/>
+    <w:rsid w:val="00BA6396"/>
+    <w:rsid w:val="00BA77AA"/>
     <w:rsid w:val="00BA7FD7"/>
     <w:rsid w:val="00BB011F"/>
+    <w:rsid w:val="00BB02F0"/>
     <w:rsid w:val="00BB0530"/>
+    <w:rsid w:val="00BB05E9"/>
     <w:rsid w:val="00BB08BA"/>
+    <w:rsid w:val="00BB22D4"/>
+    <w:rsid w:val="00BB3681"/>
     <w:rsid w:val="00BB36C6"/>
     <w:rsid w:val="00BB37DE"/>
     <w:rsid w:val="00BB4D4D"/>
+    <w:rsid w:val="00BB4F4B"/>
+    <w:rsid w:val="00BB5280"/>
     <w:rsid w:val="00BB549B"/>
+    <w:rsid w:val="00BB5681"/>
+    <w:rsid w:val="00BB5CF0"/>
     <w:rsid w:val="00BB5DE7"/>
     <w:rsid w:val="00BB6172"/>
     <w:rsid w:val="00BB6472"/>
     <w:rsid w:val="00BB65BE"/>
+    <w:rsid w:val="00BC00DC"/>
     <w:rsid w:val="00BC031A"/>
+    <w:rsid w:val="00BC0A98"/>
+    <w:rsid w:val="00BC10C5"/>
+    <w:rsid w:val="00BC13AF"/>
+    <w:rsid w:val="00BC18F2"/>
+    <w:rsid w:val="00BC1D65"/>
+    <w:rsid w:val="00BC20A7"/>
     <w:rsid w:val="00BC274E"/>
     <w:rsid w:val="00BC2AF8"/>
     <w:rsid w:val="00BC3478"/>
     <w:rsid w:val="00BC3AFD"/>
+    <w:rsid w:val="00BC554E"/>
     <w:rsid w:val="00BC55FA"/>
     <w:rsid w:val="00BC59DB"/>
     <w:rsid w:val="00BC5CB3"/>
+    <w:rsid w:val="00BC5EA3"/>
     <w:rsid w:val="00BC60E9"/>
+    <w:rsid w:val="00BC68BA"/>
+    <w:rsid w:val="00BC6BDB"/>
+    <w:rsid w:val="00BC6C79"/>
     <w:rsid w:val="00BC796F"/>
     <w:rsid w:val="00BD145B"/>
+    <w:rsid w:val="00BD3B55"/>
     <w:rsid w:val="00BD55E9"/>
     <w:rsid w:val="00BD65C0"/>
     <w:rsid w:val="00BD6945"/>
     <w:rsid w:val="00BD6BE7"/>
+    <w:rsid w:val="00BD71C6"/>
     <w:rsid w:val="00BD7274"/>
-    <w:rsid w:val="00BD7E7F"/>
     <w:rsid w:val="00BE28C6"/>
     <w:rsid w:val="00BE2FF7"/>
-    <w:rsid w:val="00BE32FD"/>
+    <w:rsid w:val="00BE37F1"/>
     <w:rsid w:val="00BE42FA"/>
+    <w:rsid w:val="00BE4A3D"/>
     <w:rsid w:val="00BE5855"/>
     <w:rsid w:val="00BE5DF3"/>
     <w:rsid w:val="00BE6C96"/>
+    <w:rsid w:val="00BE6CCD"/>
+    <w:rsid w:val="00BE72F9"/>
     <w:rsid w:val="00BE75CD"/>
     <w:rsid w:val="00BE7BA5"/>
     <w:rsid w:val="00BF2454"/>
     <w:rsid w:val="00BF28F2"/>
     <w:rsid w:val="00BF3581"/>
+    <w:rsid w:val="00BF381B"/>
+    <w:rsid w:val="00BF3AE2"/>
     <w:rsid w:val="00BF4169"/>
     <w:rsid w:val="00BF4267"/>
     <w:rsid w:val="00BF5677"/>
     <w:rsid w:val="00BF5A75"/>
+    <w:rsid w:val="00BF5C58"/>
     <w:rsid w:val="00BF5D58"/>
+    <w:rsid w:val="00BF678B"/>
     <w:rsid w:val="00BF7E7C"/>
+    <w:rsid w:val="00C005E6"/>
+    <w:rsid w:val="00C006E5"/>
     <w:rsid w:val="00C01455"/>
     <w:rsid w:val="00C020FF"/>
     <w:rsid w:val="00C03FF5"/>
+    <w:rsid w:val="00C044D3"/>
+    <w:rsid w:val="00C0472A"/>
     <w:rsid w:val="00C05803"/>
+    <w:rsid w:val="00C05DD9"/>
     <w:rsid w:val="00C06072"/>
-    <w:rsid w:val="00C06D4E"/>
+    <w:rsid w:val="00C061C5"/>
+    <w:rsid w:val="00C06B7E"/>
+    <w:rsid w:val="00C06C6D"/>
     <w:rsid w:val="00C0721C"/>
+    <w:rsid w:val="00C072EA"/>
     <w:rsid w:val="00C0741B"/>
+    <w:rsid w:val="00C0773A"/>
     <w:rsid w:val="00C07B29"/>
-    <w:rsid w:val="00C100A8"/>
     <w:rsid w:val="00C100B3"/>
+    <w:rsid w:val="00C1143A"/>
     <w:rsid w:val="00C11520"/>
     <w:rsid w:val="00C11759"/>
+    <w:rsid w:val="00C1281F"/>
     <w:rsid w:val="00C13849"/>
     <w:rsid w:val="00C13958"/>
+    <w:rsid w:val="00C144CB"/>
+    <w:rsid w:val="00C14979"/>
     <w:rsid w:val="00C14B8A"/>
-    <w:rsid w:val="00C157CA"/>
     <w:rsid w:val="00C1669B"/>
     <w:rsid w:val="00C16982"/>
     <w:rsid w:val="00C17D77"/>
+    <w:rsid w:val="00C201D5"/>
+    <w:rsid w:val="00C21484"/>
+    <w:rsid w:val="00C21CB7"/>
+    <w:rsid w:val="00C21FB2"/>
     <w:rsid w:val="00C226C2"/>
     <w:rsid w:val="00C23A22"/>
     <w:rsid w:val="00C23B35"/>
     <w:rsid w:val="00C2406A"/>
     <w:rsid w:val="00C25545"/>
     <w:rsid w:val="00C257E4"/>
     <w:rsid w:val="00C25A91"/>
+    <w:rsid w:val="00C26312"/>
     <w:rsid w:val="00C26484"/>
+    <w:rsid w:val="00C26655"/>
     <w:rsid w:val="00C2689F"/>
+    <w:rsid w:val="00C26A14"/>
     <w:rsid w:val="00C26D3E"/>
+    <w:rsid w:val="00C2744D"/>
     <w:rsid w:val="00C27743"/>
+    <w:rsid w:val="00C27901"/>
     <w:rsid w:val="00C3014E"/>
     <w:rsid w:val="00C3045D"/>
+    <w:rsid w:val="00C304E2"/>
     <w:rsid w:val="00C305D6"/>
     <w:rsid w:val="00C3064B"/>
-    <w:rsid w:val="00C3083C"/>
     <w:rsid w:val="00C317F7"/>
     <w:rsid w:val="00C31D97"/>
     <w:rsid w:val="00C31FDE"/>
     <w:rsid w:val="00C322F3"/>
+    <w:rsid w:val="00C330DD"/>
     <w:rsid w:val="00C33466"/>
     <w:rsid w:val="00C33F55"/>
     <w:rsid w:val="00C34059"/>
+    <w:rsid w:val="00C34875"/>
     <w:rsid w:val="00C37067"/>
+    <w:rsid w:val="00C3737A"/>
     <w:rsid w:val="00C378D8"/>
+    <w:rsid w:val="00C379F0"/>
     <w:rsid w:val="00C37ED5"/>
+    <w:rsid w:val="00C37EFB"/>
+    <w:rsid w:val="00C40494"/>
+    <w:rsid w:val="00C40CB3"/>
     <w:rsid w:val="00C4100C"/>
+    <w:rsid w:val="00C423F4"/>
+    <w:rsid w:val="00C434B1"/>
+    <w:rsid w:val="00C43A78"/>
     <w:rsid w:val="00C441C0"/>
+    <w:rsid w:val="00C44817"/>
     <w:rsid w:val="00C44F31"/>
+    <w:rsid w:val="00C453C5"/>
     <w:rsid w:val="00C45569"/>
     <w:rsid w:val="00C4562E"/>
+    <w:rsid w:val="00C457E7"/>
     <w:rsid w:val="00C45984"/>
     <w:rsid w:val="00C45BED"/>
+    <w:rsid w:val="00C46417"/>
+    <w:rsid w:val="00C46645"/>
+    <w:rsid w:val="00C472AE"/>
     <w:rsid w:val="00C50528"/>
     <w:rsid w:val="00C5097D"/>
-    <w:rsid w:val="00C518FB"/>
+    <w:rsid w:val="00C51274"/>
+    <w:rsid w:val="00C5130C"/>
     <w:rsid w:val="00C51CA2"/>
     <w:rsid w:val="00C5211E"/>
+    <w:rsid w:val="00C52277"/>
+    <w:rsid w:val="00C522FA"/>
+    <w:rsid w:val="00C53215"/>
     <w:rsid w:val="00C53841"/>
-    <w:rsid w:val="00C542F6"/>
-    <w:rsid w:val="00C56AA6"/>
+    <w:rsid w:val="00C543D1"/>
+    <w:rsid w:val="00C54F0D"/>
     <w:rsid w:val="00C56C1D"/>
-    <w:rsid w:val="00C56D43"/>
     <w:rsid w:val="00C570E2"/>
     <w:rsid w:val="00C57BEF"/>
     <w:rsid w:val="00C57C01"/>
-    <w:rsid w:val="00C60527"/>
+    <w:rsid w:val="00C57D95"/>
+    <w:rsid w:val="00C60545"/>
     <w:rsid w:val="00C61A36"/>
     <w:rsid w:val="00C62085"/>
     <w:rsid w:val="00C622AF"/>
+    <w:rsid w:val="00C6406A"/>
     <w:rsid w:val="00C64476"/>
     <w:rsid w:val="00C64E34"/>
+    <w:rsid w:val="00C65490"/>
     <w:rsid w:val="00C66BEE"/>
+    <w:rsid w:val="00C66D72"/>
     <w:rsid w:val="00C67624"/>
+    <w:rsid w:val="00C70098"/>
     <w:rsid w:val="00C7144D"/>
     <w:rsid w:val="00C7165F"/>
     <w:rsid w:val="00C723FB"/>
-    <w:rsid w:val="00C72614"/>
     <w:rsid w:val="00C73197"/>
-    <w:rsid w:val="00C74840"/>
+    <w:rsid w:val="00C735E7"/>
+    <w:rsid w:val="00C73C4F"/>
+    <w:rsid w:val="00C743EA"/>
     <w:rsid w:val="00C74A49"/>
     <w:rsid w:val="00C74BA1"/>
     <w:rsid w:val="00C74BB0"/>
+    <w:rsid w:val="00C75009"/>
     <w:rsid w:val="00C751CF"/>
+    <w:rsid w:val="00C75953"/>
+    <w:rsid w:val="00C76785"/>
+    <w:rsid w:val="00C7682E"/>
     <w:rsid w:val="00C7746E"/>
     <w:rsid w:val="00C777D6"/>
+    <w:rsid w:val="00C80042"/>
+    <w:rsid w:val="00C82781"/>
     <w:rsid w:val="00C83C60"/>
     <w:rsid w:val="00C84927"/>
     <w:rsid w:val="00C84B0E"/>
-    <w:rsid w:val="00C852DD"/>
     <w:rsid w:val="00C8632C"/>
+    <w:rsid w:val="00C86FFE"/>
+    <w:rsid w:val="00C874A5"/>
     <w:rsid w:val="00C87FBB"/>
-    <w:rsid w:val="00C90360"/>
     <w:rsid w:val="00C909CC"/>
+    <w:rsid w:val="00C92877"/>
+    <w:rsid w:val="00C93798"/>
     <w:rsid w:val="00C959A6"/>
     <w:rsid w:val="00C9601B"/>
-    <w:rsid w:val="00C9631D"/>
+    <w:rsid w:val="00C96EE7"/>
+    <w:rsid w:val="00C97C23"/>
     <w:rsid w:val="00CA0159"/>
     <w:rsid w:val="00CA0B2B"/>
     <w:rsid w:val="00CA0F62"/>
     <w:rsid w:val="00CA1755"/>
     <w:rsid w:val="00CA1E4A"/>
     <w:rsid w:val="00CA28A2"/>
     <w:rsid w:val="00CA443F"/>
-    <w:rsid w:val="00CA5031"/>
+    <w:rsid w:val="00CA4F6F"/>
     <w:rsid w:val="00CA51D7"/>
     <w:rsid w:val="00CA5269"/>
     <w:rsid w:val="00CA540D"/>
     <w:rsid w:val="00CA5EC1"/>
+    <w:rsid w:val="00CA659F"/>
     <w:rsid w:val="00CB010B"/>
     <w:rsid w:val="00CB1163"/>
     <w:rsid w:val="00CB16C8"/>
+    <w:rsid w:val="00CB2297"/>
     <w:rsid w:val="00CB2FD8"/>
     <w:rsid w:val="00CB35BB"/>
     <w:rsid w:val="00CB4760"/>
+    <w:rsid w:val="00CB546D"/>
     <w:rsid w:val="00CB57D9"/>
     <w:rsid w:val="00CB6749"/>
     <w:rsid w:val="00CB678C"/>
+    <w:rsid w:val="00CB6A4C"/>
     <w:rsid w:val="00CB6F5C"/>
-    <w:rsid w:val="00CB7227"/>
     <w:rsid w:val="00CC0DC4"/>
     <w:rsid w:val="00CC0FE3"/>
+    <w:rsid w:val="00CC157F"/>
     <w:rsid w:val="00CC271B"/>
     <w:rsid w:val="00CC2D53"/>
     <w:rsid w:val="00CC47D5"/>
+    <w:rsid w:val="00CC6130"/>
     <w:rsid w:val="00CC6FB1"/>
     <w:rsid w:val="00CC7151"/>
+    <w:rsid w:val="00CC7A93"/>
     <w:rsid w:val="00CD0C89"/>
     <w:rsid w:val="00CD1E38"/>
+    <w:rsid w:val="00CD2408"/>
     <w:rsid w:val="00CD299D"/>
     <w:rsid w:val="00CD2C16"/>
     <w:rsid w:val="00CD3DEB"/>
     <w:rsid w:val="00CD555C"/>
+    <w:rsid w:val="00CD55C2"/>
+    <w:rsid w:val="00CD5974"/>
     <w:rsid w:val="00CD670B"/>
+    <w:rsid w:val="00CD7643"/>
     <w:rsid w:val="00CD7F1F"/>
     <w:rsid w:val="00CE08A2"/>
     <w:rsid w:val="00CE0E37"/>
+    <w:rsid w:val="00CE10FB"/>
+    <w:rsid w:val="00CE1821"/>
     <w:rsid w:val="00CE4B1B"/>
     <w:rsid w:val="00CE4D64"/>
+    <w:rsid w:val="00CE4FFC"/>
     <w:rsid w:val="00CE5903"/>
+    <w:rsid w:val="00CE5A7C"/>
     <w:rsid w:val="00CE617D"/>
+    <w:rsid w:val="00CE657A"/>
     <w:rsid w:val="00CE70EB"/>
     <w:rsid w:val="00CE7ADE"/>
     <w:rsid w:val="00CE7E8E"/>
     <w:rsid w:val="00CE7EAA"/>
+    <w:rsid w:val="00CF00BB"/>
+    <w:rsid w:val="00CF029A"/>
+    <w:rsid w:val="00CF06E5"/>
     <w:rsid w:val="00CF2487"/>
     <w:rsid w:val="00CF2610"/>
     <w:rsid w:val="00CF268B"/>
     <w:rsid w:val="00CF317F"/>
     <w:rsid w:val="00CF3F99"/>
+    <w:rsid w:val="00CF483D"/>
+    <w:rsid w:val="00CF4E9F"/>
     <w:rsid w:val="00CF5D05"/>
     <w:rsid w:val="00CF5F44"/>
     <w:rsid w:val="00CF6037"/>
+    <w:rsid w:val="00CF6862"/>
+    <w:rsid w:val="00CF7635"/>
+    <w:rsid w:val="00D005AA"/>
     <w:rsid w:val="00D0086D"/>
     <w:rsid w:val="00D01530"/>
+    <w:rsid w:val="00D01ADE"/>
     <w:rsid w:val="00D02285"/>
     <w:rsid w:val="00D02946"/>
     <w:rsid w:val="00D02C40"/>
     <w:rsid w:val="00D03F94"/>
+    <w:rsid w:val="00D046F2"/>
     <w:rsid w:val="00D04DB6"/>
     <w:rsid w:val="00D05558"/>
     <w:rsid w:val="00D057F8"/>
     <w:rsid w:val="00D06119"/>
+    <w:rsid w:val="00D06DA5"/>
+    <w:rsid w:val="00D07020"/>
     <w:rsid w:val="00D1021E"/>
     <w:rsid w:val="00D1045B"/>
     <w:rsid w:val="00D106F0"/>
     <w:rsid w:val="00D1085F"/>
-    <w:rsid w:val="00D10914"/>
     <w:rsid w:val="00D109A1"/>
+    <w:rsid w:val="00D11245"/>
     <w:rsid w:val="00D114A5"/>
     <w:rsid w:val="00D1193F"/>
     <w:rsid w:val="00D11F60"/>
     <w:rsid w:val="00D122B3"/>
+    <w:rsid w:val="00D12D37"/>
     <w:rsid w:val="00D13063"/>
     <w:rsid w:val="00D137C5"/>
     <w:rsid w:val="00D13A85"/>
     <w:rsid w:val="00D16323"/>
     <w:rsid w:val="00D16A82"/>
     <w:rsid w:val="00D20040"/>
     <w:rsid w:val="00D200FC"/>
     <w:rsid w:val="00D203C2"/>
     <w:rsid w:val="00D2063A"/>
     <w:rsid w:val="00D223ED"/>
+    <w:rsid w:val="00D22750"/>
     <w:rsid w:val="00D228CE"/>
     <w:rsid w:val="00D23194"/>
     <w:rsid w:val="00D235E8"/>
     <w:rsid w:val="00D23F01"/>
-    <w:rsid w:val="00D24A04"/>
+    <w:rsid w:val="00D241DD"/>
+    <w:rsid w:val="00D243E0"/>
     <w:rsid w:val="00D25132"/>
     <w:rsid w:val="00D25DBC"/>
     <w:rsid w:val="00D26ACC"/>
+    <w:rsid w:val="00D27199"/>
     <w:rsid w:val="00D277E5"/>
-    <w:rsid w:val="00D300EE"/>
     <w:rsid w:val="00D30E21"/>
     <w:rsid w:val="00D310E1"/>
+    <w:rsid w:val="00D311FE"/>
     <w:rsid w:val="00D3120C"/>
-    <w:rsid w:val="00D3232B"/>
+    <w:rsid w:val="00D32399"/>
     <w:rsid w:val="00D32405"/>
+    <w:rsid w:val="00D325AA"/>
     <w:rsid w:val="00D32735"/>
     <w:rsid w:val="00D32F6C"/>
     <w:rsid w:val="00D34481"/>
     <w:rsid w:val="00D3451A"/>
+    <w:rsid w:val="00D34B7E"/>
+    <w:rsid w:val="00D34EA6"/>
+    <w:rsid w:val="00D35875"/>
     <w:rsid w:val="00D35F9D"/>
     <w:rsid w:val="00D360C4"/>
     <w:rsid w:val="00D37D4C"/>
+    <w:rsid w:val="00D37EE3"/>
+    <w:rsid w:val="00D4000B"/>
     <w:rsid w:val="00D402BD"/>
+    <w:rsid w:val="00D404A8"/>
     <w:rsid w:val="00D412F2"/>
+    <w:rsid w:val="00D4244F"/>
+    <w:rsid w:val="00D43167"/>
+    <w:rsid w:val="00D4331B"/>
     <w:rsid w:val="00D44147"/>
+    <w:rsid w:val="00D44202"/>
     <w:rsid w:val="00D44979"/>
     <w:rsid w:val="00D45F41"/>
     <w:rsid w:val="00D474C3"/>
+    <w:rsid w:val="00D51247"/>
+    <w:rsid w:val="00D51754"/>
     <w:rsid w:val="00D52124"/>
     <w:rsid w:val="00D535DA"/>
     <w:rsid w:val="00D53778"/>
+    <w:rsid w:val="00D55505"/>
     <w:rsid w:val="00D55875"/>
     <w:rsid w:val="00D55DB3"/>
     <w:rsid w:val="00D561C4"/>
     <w:rsid w:val="00D574BC"/>
     <w:rsid w:val="00D575D2"/>
-    <w:rsid w:val="00D60A7E"/>
+    <w:rsid w:val="00D57CBB"/>
+    <w:rsid w:val="00D57EE9"/>
+    <w:rsid w:val="00D614DE"/>
     <w:rsid w:val="00D61CAE"/>
+    <w:rsid w:val="00D62770"/>
+    <w:rsid w:val="00D64258"/>
     <w:rsid w:val="00D64858"/>
     <w:rsid w:val="00D65176"/>
     <w:rsid w:val="00D6561A"/>
     <w:rsid w:val="00D65848"/>
+    <w:rsid w:val="00D65AB9"/>
     <w:rsid w:val="00D66916"/>
     <w:rsid w:val="00D67419"/>
+    <w:rsid w:val="00D7124D"/>
     <w:rsid w:val="00D716CE"/>
     <w:rsid w:val="00D71898"/>
+    <w:rsid w:val="00D71F08"/>
     <w:rsid w:val="00D72160"/>
+    <w:rsid w:val="00D72B30"/>
     <w:rsid w:val="00D74248"/>
+    <w:rsid w:val="00D74C43"/>
     <w:rsid w:val="00D754BA"/>
+    <w:rsid w:val="00D75F92"/>
+    <w:rsid w:val="00D75FD1"/>
+    <w:rsid w:val="00D761E8"/>
+    <w:rsid w:val="00D76630"/>
     <w:rsid w:val="00D76994"/>
+    <w:rsid w:val="00D76A45"/>
+    <w:rsid w:val="00D77266"/>
     <w:rsid w:val="00D77AB0"/>
     <w:rsid w:val="00D80C13"/>
     <w:rsid w:val="00D816B5"/>
-    <w:rsid w:val="00D82442"/>
     <w:rsid w:val="00D824F6"/>
     <w:rsid w:val="00D82BD6"/>
+    <w:rsid w:val="00D82D37"/>
+    <w:rsid w:val="00D830F1"/>
     <w:rsid w:val="00D83454"/>
     <w:rsid w:val="00D835B8"/>
     <w:rsid w:val="00D840BB"/>
     <w:rsid w:val="00D8546D"/>
+    <w:rsid w:val="00D856EB"/>
+    <w:rsid w:val="00D8572F"/>
     <w:rsid w:val="00D85CB1"/>
     <w:rsid w:val="00D862A5"/>
+    <w:rsid w:val="00D8642B"/>
+    <w:rsid w:val="00D86677"/>
+    <w:rsid w:val="00D87B05"/>
+    <w:rsid w:val="00D87DBC"/>
+    <w:rsid w:val="00D87EC7"/>
+    <w:rsid w:val="00D90BB0"/>
+    <w:rsid w:val="00D91208"/>
+    <w:rsid w:val="00D91BD4"/>
+    <w:rsid w:val="00D930C1"/>
     <w:rsid w:val="00D9346E"/>
     <w:rsid w:val="00D94141"/>
     <w:rsid w:val="00D941C2"/>
     <w:rsid w:val="00D946D5"/>
     <w:rsid w:val="00D94D53"/>
     <w:rsid w:val="00D95199"/>
+    <w:rsid w:val="00D956D6"/>
+    <w:rsid w:val="00D964F2"/>
+    <w:rsid w:val="00D965DF"/>
+    <w:rsid w:val="00DA007C"/>
     <w:rsid w:val="00DA103B"/>
     <w:rsid w:val="00DA1067"/>
     <w:rsid w:val="00DA13B8"/>
     <w:rsid w:val="00DA213F"/>
     <w:rsid w:val="00DA3C19"/>
+    <w:rsid w:val="00DA4307"/>
     <w:rsid w:val="00DA4A7F"/>
     <w:rsid w:val="00DA66AD"/>
+    <w:rsid w:val="00DA7611"/>
+    <w:rsid w:val="00DA79D5"/>
     <w:rsid w:val="00DA7E86"/>
+    <w:rsid w:val="00DB0374"/>
     <w:rsid w:val="00DB0B35"/>
-    <w:rsid w:val="00DB0E21"/>
+    <w:rsid w:val="00DB0FF9"/>
     <w:rsid w:val="00DB1397"/>
+    <w:rsid w:val="00DB1680"/>
+    <w:rsid w:val="00DB2289"/>
+    <w:rsid w:val="00DB2567"/>
+    <w:rsid w:val="00DB2C08"/>
+    <w:rsid w:val="00DB2C38"/>
+    <w:rsid w:val="00DB2DDF"/>
     <w:rsid w:val="00DB30C9"/>
     <w:rsid w:val="00DB3485"/>
     <w:rsid w:val="00DB3C72"/>
     <w:rsid w:val="00DB4203"/>
     <w:rsid w:val="00DB4A45"/>
-    <w:rsid w:val="00DB4F70"/>
-    <w:rsid w:val="00DB5610"/>
+    <w:rsid w:val="00DB4AE0"/>
     <w:rsid w:val="00DB56FE"/>
+    <w:rsid w:val="00DB6AE3"/>
+    <w:rsid w:val="00DB7048"/>
     <w:rsid w:val="00DB74DC"/>
     <w:rsid w:val="00DB7747"/>
     <w:rsid w:val="00DB7BFD"/>
-    <w:rsid w:val="00DC1F8D"/>
+    <w:rsid w:val="00DC0414"/>
     <w:rsid w:val="00DC1FBD"/>
     <w:rsid w:val="00DC215D"/>
+    <w:rsid w:val="00DC4681"/>
     <w:rsid w:val="00DC476B"/>
+    <w:rsid w:val="00DC4E7F"/>
     <w:rsid w:val="00DC5E49"/>
+    <w:rsid w:val="00DC65A4"/>
+    <w:rsid w:val="00DC66F1"/>
     <w:rsid w:val="00DC6F69"/>
+    <w:rsid w:val="00DC7629"/>
     <w:rsid w:val="00DC7834"/>
-    <w:rsid w:val="00DC7FF5"/>
     <w:rsid w:val="00DD025F"/>
     <w:rsid w:val="00DD08B2"/>
-    <w:rsid w:val="00DD0D42"/>
-    <w:rsid w:val="00DD31B5"/>
+    <w:rsid w:val="00DD0EDF"/>
+    <w:rsid w:val="00DD1799"/>
+    <w:rsid w:val="00DD201B"/>
+    <w:rsid w:val="00DD2916"/>
+    <w:rsid w:val="00DD2DE8"/>
     <w:rsid w:val="00DD3A47"/>
     <w:rsid w:val="00DD3B20"/>
     <w:rsid w:val="00DD3E1D"/>
     <w:rsid w:val="00DD47B7"/>
-    <w:rsid w:val="00DE0671"/>
+    <w:rsid w:val="00DD520F"/>
+    <w:rsid w:val="00DE0C6C"/>
+    <w:rsid w:val="00DE0DB5"/>
     <w:rsid w:val="00DE1A15"/>
     <w:rsid w:val="00DE1CFC"/>
+    <w:rsid w:val="00DE2F70"/>
+    <w:rsid w:val="00DE3094"/>
+    <w:rsid w:val="00DE36E6"/>
     <w:rsid w:val="00DE3992"/>
     <w:rsid w:val="00DE45BE"/>
     <w:rsid w:val="00DE497A"/>
     <w:rsid w:val="00DE4D4F"/>
     <w:rsid w:val="00DE5457"/>
+    <w:rsid w:val="00DE64E7"/>
     <w:rsid w:val="00DE7B2A"/>
-    <w:rsid w:val="00DE7C3F"/>
+    <w:rsid w:val="00DE7F01"/>
+    <w:rsid w:val="00DE7F27"/>
     <w:rsid w:val="00DF0DD7"/>
+    <w:rsid w:val="00DF10E5"/>
     <w:rsid w:val="00DF1E65"/>
+    <w:rsid w:val="00DF26E1"/>
     <w:rsid w:val="00DF2973"/>
+    <w:rsid w:val="00DF3239"/>
     <w:rsid w:val="00DF3F76"/>
     <w:rsid w:val="00DF5156"/>
     <w:rsid w:val="00DF57A3"/>
     <w:rsid w:val="00DF6215"/>
-    <w:rsid w:val="00E0116D"/>
+    <w:rsid w:val="00E0004C"/>
     <w:rsid w:val="00E01ABE"/>
     <w:rsid w:val="00E02105"/>
+    <w:rsid w:val="00E02F21"/>
+    <w:rsid w:val="00E033F8"/>
     <w:rsid w:val="00E054E8"/>
     <w:rsid w:val="00E0599F"/>
     <w:rsid w:val="00E05FD2"/>
+    <w:rsid w:val="00E06D24"/>
     <w:rsid w:val="00E07BD1"/>
+    <w:rsid w:val="00E10833"/>
     <w:rsid w:val="00E10A39"/>
     <w:rsid w:val="00E112E8"/>
+    <w:rsid w:val="00E11BBA"/>
     <w:rsid w:val="00E11C22"/>
     <w:rsid w:val="00E11F54"/>
     <w:rsid w:val="00E13615"/>
     <w:rsid w:val="00E13B5C"/>
+    <w:rsid w:val="00E1413D"/>
     <w:rsid w:val="00E144EE"/>
+    <w:rsid w:val="00E159CE"/>
     <w:rsid w:val="00E15F91"/>
+    <w:rsid w:val="00E16292"/>
     <w:rsid w:val="00E16420"/>
+    <w:rsid w:val="00E169AB"/>
+    <w:rsid w:val="00E16C75"/>
     <w:rsid w:val="00E17189"/>
+    <w:rsid w:val="00E175E9"/>
     <w:rsid w:val="00E20B4A"/>
+    <w:rsid w:val="00E2174A"/>
     <w:rsid w:val="00E21ADA"/>
+    <w:rsid w:val="00E21AEE"/>
+    <w:rsid w:val="00E21EF3"/>
     <w:rsid w:val="00E22245"/>
+    <w:rsid w:val="00E2236B"/>
     <w:rsid w:val="00E2254D"/>
+    <w:rsid w:val="00E22CB0"/>
+    <w:rsid w:val="00E232C1"/>
+    <w:rsid w:val="00E23330"/>
     <w:rsid w:val="00E2395F"/>
+    <w:rsid w:val="00E243ED"/>
     <w:rsid w:val="00E244D5"/>
     <w:rsid w:val="00E264B6"/>
     <w:rsid w:val="00E26CD4"/>
     <w:rsid w:val="00E2701C"/>
-    <w:rsid w:val="00E27DCA"/>
+    <w:rsid w:val="00E2785D"/>
+    <w:rsid w:val="00E27F2A"/>
+    <w:rsid w:val="00E3187E"/>
     <w:rsid w:val="00E31A23"/>
+    <w:rsid w:val="00E31CAD"/>
     <w:rsid w:val="00E31DE8"/>
     <w:rsid w:val="00E31FB6"/>
     <w:rsid w:val="00E33A3B"/>
     <w:rsid w:val="00E33FCE"/>
     <w:rsid w:val="00E341E7"/>
     <w:rsid w:val="00E34320"/>
     <w:rsid w:val="00E3485E"/>
+    <w:rsid w:val="00E34F37"/>
     <w:rsid w:val="00E35D42"/>
     <w:rsid w:val="00E36612"/>
+    <w:rsid w:val="00E36635"/>
     <w:rsid w:val="00E36B13"/>
+    <w:rsid w:val="00E372D8"/>
+    <w:rsid w:val="00E37304"/>
     <w:rsid w:val="00E40115"/>
+    <w:rsid w:val="00E4015B"/>
+    <w:rsid w:val="00E4146B"/>
     <w:rsid w:val="00E41D77"/>
     <w:rsid w:val="00E4265E"/>
     <w:rsid w:val="00E428B3"/>
-    <w:rsid w:val="00E4358F"/>
+    <w:rsid w:val="00E42B60"/>
+    <w:rsid w:val="00E42BF6"/>
     <w:rsid w:val="00E447EE"/>
+    <w:rsid w:val="00E453D3"/>
     <w:rsid w:val="00E45C7F"/>
     <w:rsid w:val="00E46206"/>
     <w:rsid w:val="00E46860"/>
     <w:rsid w:val="00E46B73"/>
     <w:rsid w:val="00E47187"/>
+    <w:rsid w:val="00E479C5"/>
+    <w:rsid w:val="00E5015C"/>
+    <w:rsid w:val="00E501C6"/>
+    <w:rsid w:val="00E504E7"/>
+    <w:rsid w:val="00E50620"/>
     <w:rsid w:val="00E50D93"/>
     <w:rsid w:val="00E5298E"/>
     <w:rsid w:val="00E529D8"/>
     <w:rsid w:val="00E53099"/>
+    <w:rsid w:val="00E533AB"/>
     <w:rsid w:val="00E535FF"/>
     <w:rsid w:val="00E54297"/>
+    <w:rsid w:val="00E545D6"/>
     <w:rsid w:val="00E54A27"/>
     <w:rsid w:val="00E54B51"/>
     <w:rsid w:val="00E54DD1"/>
+    <w:rsid w:val="00E54DF7"/>
     <w:rsid w:val="00E54ED9"/>
     <w:rsid w:val="00E55282"/>
     <w:rsid w:val="00E5562D"/>
     <w:rsid w:val="00E55CD9"/>
+    <w:rsid w:val="00E55E90"/>
+    <w:rsid w:val="00E5671F"/>
+    <w:rsid w:val="00E575F4"/>
+    <w:rsid w:val="00E5794D"/>
     <w:rsid w:val="00E60747"/>
     <w:rsid w:val="00E607EC"/>
     <w:rsid w:val="00E60AA4"/>
+    <w:rsid w:val="00E60CE8"/>
     <w:rsid w:val="00E61BF7"/>
+    <w:rsid w:val="00E6223F"/>
     <w:rsid w:val="00E62BCE"/>
     <w:rsid w:val="00E630E2"/>
-    <w:rsid w:val="00E6409A"/>
     <w:rsid w:val="00E6474E"/>
     <w:rsid w:val="00E6490A"/>
+    <w:rsid w:val="00E65BBA"/>
     <w:rsid w:val="00E662C2"/>
     <w:rsid w:val="00E66FC7"/>
     <w:rsid w:val="00E70603"/>
+    <w:rsid w:val="00E70F21"/>
+    <w:rsid w:val="00E71D61"/>
     <w:rsid w:val="00E73770"/>
     <w:rsid w:val="00E7455C"/>
     <w:rsid w:val="00E7599F"/>
     <w:rsid w:val="00E7636C"/>
     <w:rsid w:val="00E76983"/>
+    <w:rsid w:val="00E775DC"/>
     <w:rsid w:val="00E80429"/>
+    <w:rsid w:val="00E8104D"/>
+    <w:rsid w:val="00E81850"/>
+    <w:rsid w:val="00E829A5"/>
     <w:rsid w:val="00E8341B"/>
+    <w:rsid w:val="00E841AB"/>
+    <w:rsid w:val="00E8438A"/>
     <w:rsid w:val="00E84449"/>
     <w:rsid w:val="00E84648"/>
     <w:rsid w:val="00E852BE"/>
-    <w:rsid w:val="00E853AA"/>
+    <w:rsid w:val="00E85D0D"/>
     <w:rsid w:val="00E86226"/>
     <w:rsid w:val="00E868CA"/>
+    <w:rsid w:val="00E86BE0"/>
     <w:rsid w:val="00E87816"/>
+    <w:rsid w:val="00E90360"/>
     <w:rsid w:val="00E90F9A"/>
-    <w:rsid w:val="00E910BE"/>
+    <w:rsid w:val="00E91B2E"/>
+    <w:rsid w:val="00E92794"/>
     <w:rsid w:val="00E93D98"/>
+    <w:rsid w:val="00E93E46"/>
     <w:rsid w:val="00E9544B"/>
-    <w:rsid w:val="00E95FA5"/>
-    <w:rsid w:val="00E96BD1"/>
+    <w:rsid w:val="00E973D4"/>
+    <w:rsid w:val="00E9773E"/>
     <w:rsid w:val="00E97784"/>
-    <w:rsid w:val="00EA09B5"/>
+    <w:rsid w:val="00E97D7C"/>
     <w:rsid w:val="00EA26EC"/>
     <w:rsid w:val="00EA3301"/>
     <w:rsid w:val="00EA3DF1"/>
     <w:rsid w:val="00EA4319"/>
     <w:rsid w:val="00EA4544"/>
     <w:rsid w:val="00EA456A"/>
     <w:rsid w:val="00EA4FAE"/>
     <w:rsid w:val="00EA63B4"/>
     <w:rsid w:val="00EA7391"/>
     <w:rsid w:val="00EA7F0C"/>
     <w:rsid w:val="00EB0333"/>
+    <w:rsid w:val="00EB0494"/>
+    <w:rsid w:val="00EB0CDD"/>
     <w:rsid w:val="00EB107E"/>
     <w:rsid w:val="00EB17AB"/>
+    <w:rsid w:val="00EB2733"/>
+    <w:rsid w:val="00EB29BA"/>
     <w:rsid w:val="00EB2CE1"/>
+    <w:rsid w:val="00EB309C"/>
     <w:rsid w:val="00EB3D10"/>
+    <w:rsid w:val="00EB3D8A"/>
+    <w:rsid w:val="00EB3EB5"/>
     <w:rsid w:val="00EB4C82"/>
+    <w:rsid w:val="00EB5421"/>
+    <w:rsid w:val="00EB5F2F"/>
     <w:rsid w:val="00EB60FA"/>
     <w:rsid w:val="00EB62E2"/>
     <w:rsid w:val="00EB6687"/>
-    <w:rsid w:val="00EB7B56"/>
-    <w:rsid w:val="00EB7E35"/>
+    <w:rsid w:val="00EB6DF6"/>
     <w:rsid w:val="00EB7E9D"/>
-    <w:rsid w:val="00EC113F"/>
+    <w:rsid w:val="00EC0427"/>
+    <w:rsid w:val="00EC0491"/>
+    <w:rsid w:val="00EC0968"/>
     <w:rsid w:val="00EC123B"/>
     <w:rsid w:val="00EC1EDE"/>
+    <w:rsid w:val="00EC2199"/>
     <w:rsid w:val="00EC3679"/>
     <w:rsid w:val="00EC4025"/>
     <w:rsid w:val="00EC54A1"/>
     <w:rsid w:val="00EC5B41"/>
+    <w:rsid w:val="00EC65CF"/>
     <w:rsid w:val="00EC7A34"/>
     <w:rsid w:val="00EC7AE8"/>
+    <w:rsid w:val="00EC7D55"/>
+    <w:rsid w:val="00EC7EAD"/>
     <w:rsid w:val="00ED0922"/>
+    <w:rsid w:val="00ED1205"/>
     <w:rsid w:val="00ED149A"/>
+    <w:rsid w:val="00ED178C"/>
+    <w:rsid w:val="00ED2143"/>
     <w:rsid w:val="00ED21AB"/>
     <w:rsid w:val="00ED3F0C"/>
     <w:rsid w:val="00ED4FDF"/>
-    <w:rsid w:val="00EE1015"/>
+    <w:rsid w:val="00ED59FB"/>
+    <w:rsid w:val="00ED61DF"/>
+    <w:rsid w:val="00ED78E0"/>
+    <w:rsid w:val="00ED78E5"/>
+    <w:rsid w:val="00EE090D"/>
+    <w:rsid w:val="00EE119D"/>
+    <w:rsid w:val="00EE23F7"/>
+    <w:rsid w:val="00EE2654"/>
     <w:rsid w:val="00EE478D"/>
     <w:rsid w:val="00EE4FF3"/>
+    <w:rsid w:val="00EE51F5"/>
     <w:rsid w:val="00EE5488"/>
+    <w:rsid w:val="00EE575E"/>
     <w:rsid w:val="00EE5BDF"/>
+    <w:rsid w:val="00EE5D8B"/>
+    <w:rsid w:val="00EE6B29"/>
     <w:rsid w:val="00EE6D2F"/>
+    <w:rsid w:val="00EE7872"/>
+    <w:rsid w:val="00EF0F36"/>
+    <w:rsid w:val="00EF12F5"/>
+    <w:rsid w:val="00EF1345"/>
     <w:rsid w:val="00EF143D"/>
+    <w:rsid w:val="00EF20A0"/>
+    <w:rsid w:val="00EF22FD"/>
+    <w:rsid w:val="00EF2369"/>
     <w:rsid w:val="00EF2541"/>
     <w:rsid w:val="00EF27D0"/>
+    <w:rsid w:val="00EF2CB8"/>
+    <w:rsid w:val="00EF2EBC"/>
     <w:rsid w:val="00EF2F86"/>
     <w:rsid w:val="00EF3496"/>
-    <w:rsid w:val="00EF4E50"/>
+    <w:rsid w:val="00EF35D6"/>
     <w:rsid w:val="00EF5610"/>
+    <w:rsid w:val="00EF78AC"/>
+    <w:rsid w:val="00EF78E6"/>
     <w:rsid w:val="00EF7D01"/>
+    <w:rsid w:val="00EF7F73"/>
     <w:rsid w:val="00F00E33"/>
+    <w:rsid w:val="00F01B24"/>
     <w:rsid w:val="00F01B67"/>
+    <w:rsid w:val="00F02C2D"/>
+    <w:rsid w:val="00F0352B"/>
+    <w:rsid w:val="00F03C35"/>
     <w:rsid w:val="00F05CBE"/>
     <w:rsid w:val="00F06475"/>
+    <w:rsid w:val="00F06B3E"/>
     <w:rsid w:val="00F0738D"/>
     <w:rsid w:val="00F07539"/>
     <w:rsid w:val="00F07744"/>
     <w:rsid w:val="00F10305"/>
     <w:rsid w:val="00F10375"/>
+    <w:rsid w:val="00F11AED"/>
     <w:rsid w:val="00F11B39"/>
+    <w:rsid w:val="00F12DC0"/>
     <w:rsid w:val="00F131F2"/>
-    <w:rsid w:val="00F13B63"/>
+    <w:rsid w:val="00F1349D"/>
+    <w:rsid w:val="00F13A65"/>
     <w:rsid w:val="00F14272"/>
+    <w:rsid w:val="00F14D98"/>
+    <w:rsid w:val="00F14FD0"/>
     <w:rsid w:val="00F15DEE"/>
+    <w:rsid w:val="00F16CBF"/>
     <w:rsid w:val="00F17039"/>
+    <w:rsid w:val="00F2016C"/>
+    <w:rsid w:val="00F21097"/>
+    <w:rsid w:val="00F21548"/>
     <w:rsid w:val="00F233AC"/>
-    <w:rsid w:val="00F23800"/>
     <w:rsid w:val="00F239EE"/>
     <w:rsid w:val="00F23A66"/>
     <w:rsid w:val="00F23C3D"/>
     <w:rsid w:val="00F24027"/>
     <w:rsid w:val="00F2436F"/>
-    <w:rsid w:val="00F24DEE"/>
     <w:rsid w:val="00F26052"/>
     <w:rsid w:val="00F26315"/>
     <w:rsid w:val="00F2694A"/>
+    <w:rsid w:val="00F27147"/>
     <w:rsid w:val="00F31413"/>
     <w:rsid w:val="00F31694"/>
     <w:rsid w:val="00F31A6F"/>
     <w:rsid w:val="00F322E7"/>
-    <w:rsid w:val="00F366B9"/>
+    <w:rsid w:val="00F327CD"/>
+    <w:rsid w:val="00F33ABF"/>
+    <w:rsid w:val="00F347E4"/>
+    <w:rsid w:val="00F36CF7"/>
     <w:rsid w:val="00F43124"/>
+    <w:rsid w:val="00F43665"/>
     <w:rsid w:val="00F43766"/>
+    <w:rsid w:val="00F43C30"/>
+    <w:rsid w:val="00F44503"/>
+    <w:rsid w:val="00F45421"/>
+    <w:rsid w:val="00F455C9"/>
     <w:rsid w:val="00F474F6"/>
     <w:rsid w:val="00F47F03"/>
     <w:rsid w:val="00F51281"/>
     <w:rsid w:val="00F51837"/>
+    <w:rsid w:val="00F522E0"/>
     <w:rsid w:val="00F52DAD"/>
-    <w:rsid w:val="00F54084"/>
+    <w:rsid w:val="00F5356A"/>
+    <w:rsid w:val="00F54089"/>
     <w:rsid w:val="00F54598"/>
+    <w:rsid w:val="00F546A6"/>
+    <w:rsid w:val="00F54F74"/>
     <w:rsid w:val="00F550A5"/>
     <w:rsid w:val="00F55A74"/>
+    <w:rsid w:val="00F55C0B"/>
     <w:rsid w:val="00F56697"/>
     <w:rsid w:val="00F57C9F"/>
     <w:rsid w:val="00F605B8"/>
-    <w:rsid w:val="00F60D36"/>
+    <w:rsid w:val="00F60A91"/>
+    <w:rsid w:val="00F60C97"/>
     <w:rsid w:val="00F60F5D"/>
-    <w:rsid w:val="00F62314"/>
+    <w:rsid w:val="00F612F7"/>
+    <w:rsid w:val="00F616E3"/>
     <w:rsid w:val="00F629DB"/>
+    <w:rsid w:val="00F638D5"/>
     <w:rsid w:val="00F63A02"/>
+    <w:rsid w:val="00F645AE"/>
+    <w:rsid w:val="00F645E7"/>
+    <w:rsid w:val="00F648C5"/>
     <w:rsid w:val="00F64C46"/>
-    <w:rsid w:val="00F65748"/>
-    <w:rsid w:val="00F6600F"/>
+    <w:rsid w:val="00F64F4C"/>
     <w:rsid w:val="00F66D0E"/>
-    <w:rsid w:val="00F67454"/>
+    <w:rsid w:val="00F66F98"/>
+    <w:rsid w:val="00F673F5"/>
     <w:rsid w:val="00F70061"/>
+    <w:rsid w:val="00F7008F"/>
     <w:rsid w:val="00F70A98"/>
     <w:rsid w:val="00F70ED8"/>
     <w:rsid w:val="00F71E45"/>
     <w:rsid w:val="00F7246F"/>
     <w:rsid w:val="00F724E3"/>
     <w:rsid w:val="00F72846"/>
     <w:rsid w:val="00F7300E"/>
     <w:rsid w:val="00F73877"/>
     <w:rsid w:val="00F741F6"/>
+    <w:rsid w:val="00F7437E"/>
+    <w:rsid w:val="00F7443D"/>
     <w:rsid w:val="00F747CA"/>
     <w:rsid w:val="00F74FC0"/>
     <w:rsid w:val="00F761C8"/>
-    <w:rsid w:val="00F76217"/>
+    <w:rsid w:val="00F76ABC"/>
+    <w:rsid w:val="00F772DD"/>
     <w:rsid w:val="00F77E21"/>
-    <w:rsid w:val="00F80D3C"/>
+    <w:rsid w:val="00F80C6C"/>
+    <w:rsid w:val="00F81FD7"/>
+    <w:rsid w:val="00F82489"/>
+    <w:rsid w:val="00F828BD"/>
     <w:rsid w:val="00F82C2C"/>
     <w:rsid w:val="00F82F47"/>
     <w:rsid w:val="00F84A1A"/>
     <w:rsid w:val="00F84DFB"/>
     <w:rsid w:val="00F85190"/>
+    <w:rsid w:val="00F85F4B"/>
+    <w:rsid w:val="00F8619D"/>
     <w:rsid w:val="00F86B75"/>
     <w:rsid w:val="00F87254"/>
-    <w:rsid w:val="00F904FD"/>
+    <w:rsid w:val="00F875AD"/>
+    <w:rsid w:val="00F87C9C"/>
     <w:rsid w:val="00F90CB8"/>
     <w:rsid w:val="00F910D6"/>
     <w:rsid w:val="00F91AA2"/>
     <w:rsid w:val="00F9298D"/>
     <w:rsid w:val="00F92B94"/>
     <w:rsid w:val="00F92C1B"/>
     <w:rsid w:val="00F9531F"/>
     <w:rsid w:val="00F953B9"/>
     <w:rsid w:val="00F95E28"/>
+    <w:rsid w:val="00F95EFC"/>
+    <w:rsid w:val="00F97980"/>
     <w:rsid w:val="00FA00D0"/>
-    <w:rsid w:val="00FA0899"/>
     <w:rsid w:val="00FA1516"/>
+    <w:rsid w:val="00FA205A"/>
     <w:rsid w:val="00FA2223"/>
     <w:rsid w:val="00FA2EE7"/>
     <w:rsid w:val="00FA3CEC"/>
+    <w:rsid w:val="00FA4215"/>
+    <w:rsid w:val="00FA4495"/>
+    <w:rsid w:val="00FA4E1B"/>
+    <w:rsid w:val="00FA5B0E"/>
+    <w:rsid w:val="00FA5C5F"/>
+    <w:rsid w:val="00FA5C77"/>
     <w:rsid w:val="00FA60F9"/>
     <w:rsid w:val="00FA7266"/>
-    <w:rsid w:val="00FB10A9"/>
     <w:rsid w:val="00FB14D4"/>
+    <w:rsid w:val="00FB17C5"/>
+    <w:rsid w:val="00FB189B"/>
     <w:rsid w:val="00FB1E69"/>
+    <w:rsid w:val="00FB2635"/>
     <w:rsid w:val="00FB2ECF"/>
     <w:rsid w:val="00FB392B"/>
     <w:rsid w:val="00FB3A9E"/>
+    <w:rsid w:val="00FB4070"/>
+    <w:rsid w:val="00FB49F4"/>
+    <w:rsid w:val="00FB50BD"/>
     <w:rsid w:val="00FB64FC"/>
     <w:rsid w:val="00FB6977"/>
     <w:rsid w:val="00FB772E"/>
     <w:rsid w:val="00FB7869"/>
     <w:rsid w:val="00FC03FA"/>
     <w:rsid w:val="00FC0FF5"/>
+    <w:rsid w:val="00FC10DB"/>
     <w:rsid w:val="00FC17F2"/>
+    <w:rsid w:val="00FC2AE0"/>
+    <w:rsid w:val="00FC2D17"/>
     <w:rsid w:val="00FC315F"/>
+    <w:rsid w:val="00FC4085"/>
+    <w:rsid w:val="00FC4129"/>
+    <w:rsid w:val="00FC4139"/>
+    <w:rsid w:val="00FC4DB2"/>
+    <w:rsid w:val="00FC5BE6"/>
+    <w:rsid w:val="00FC6421"/>
     <w:rsid w:val="00FD03B3"/>
     <w:rsid w:val="00FD0ABC"/>
     <w:rsid w:val="00FD312D"/>
     <w:rsid w:val="00FD3272"/>
+    <w:rsid w:val="00FD5969"/>
+    <w:rsid w:val="00FD5EAC"/>
     <w:rsid w:val="00FD615B"/>
+    <w:rsid w:val="00FD63F1"/>
     <w:rsid w:val="00FD6B46"/>
-    <w:rsid w:val="00FD76A8"/>
+    <w:rsid w:val="00FD6EC0"/>
+    <w:rsid w:val="00FD7102"/>
+    <w:rsid w:val="00FD7514"/>
+    <w:rsid w:val="00FE042D"/>
+    <w:rsid w:val="00FE0957"/>
     <w:rsid w:val="00FE0B6F"/>
     <w:rsid w:val="00FE194A"/>
+    <w:rsid w:val="00FE1F3A"/>
+    <w:rsid w:val="00FE23FF"/>
     <w:rsid w:val="00FE31E5"/>
-    <w:rsid w:val="00FE37F2"/>
+    <w:rsid w:val="00FE3540"/>
     <w:rsid w:val="00FE387A"/>
     <w:rsid w:val="00FE5592"/>
     <w:rsid w:val="00FE5EF1"/>
+    <w:rsid w:val="00FE653B"/>
+    <w:rsid w:val="00FE71F5"/>
     <w:rsid w:val="00FE7F18"/>
+    <w:rsid w:val="00FF0134"/>
+    <w:rsid w:val="00FF04BC"/>
+    <w:rsid w:val="00FF0C51"/>
     <w:rsid w:val="00FF19EE"/>
+    <w:rsid w:val="00FF1DCD"/>
     <w:rsid w:val="00FF2886"/>
+    <w:rsid w:val="00FF2CA1"/>
     <w:rsid w:val="00FF4283"/>
+    <w:rsid w:val="00FF4520"/>
     <w:rsid w:val="00FF46CB"/>
+    <w:rsid w:val="00FF4742"/>
     <w:rsid w:val="00FF4C1E"/>
     <w:rsid w:val="00FF5107"/>
     <w:rsid w:val="00FF517D"/>
     <w:rsid w:val="00FF6478"/>
     <w:rsid w:val="00FF6FC0"/>
     <w:rsid w:val="00FF77B4"/>
-    <w:rsid w:val="00FF7952"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0D3FD406"/>
-  <w15:docId w15:val="{76F21573-BC8F-4403-A215-AE990B4C4B83}"/>
+  <w14:docId w14:val="7AD69C8B"/>
+  <w15:docId w15:val="{2CB7C0A6-865D-45C3-A479-2C93197F6051}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7710,51 +10812,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -7911,51 +11013,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00911043"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00072BC3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -8040,50 +11141,51 @@
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0059295C"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0059295C"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007F7899"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F64C46"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -8240,108 +11342,178 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00BB36C6"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DE7B2A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001A7961"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C518FB"/>
+    <w:rsid w:val="00D77266"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa7">
+    <w:name w:val="Pa7"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007F723D"/>
+    <w:pPr>
+      <w:spacing w:line="241" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Agenda Light" w:hAnsi="Agenda Light" w:cstheme="minorBidi"/>
+      <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="123040631">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="643433653">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="895239765">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1590964106">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1970471817">
+    <w:div w:id="1667513312">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2080899744">
+    <w:div w:id="1756441131">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1970471817">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -8364,51 +11536,51 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8416,51 +11588,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8633,54 +11805,69 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009159C68D050AFE4497B2AB59E3742060" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8b02a11c28d06507e71a66aa91e6fbcf">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="778435ec-08f2-482d-bfbf-59fca90c72db" xmlns:ns4="9f9705a2-860b-4193-be7d-9fb4a3008830" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7ddc8ba064b3c3b9259f5cc3fae7e667" ns3:_="" ns4:_="">
     <xsd:import namespace="778435ec-08f2-482d-bfbf-59fca90c72db"/>
     <xsd:import namespace="9f9705a2-860b-4193-be7d-9fb4a3008830"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
@@ -8865,138 +12052,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7084AFFE-EE74-421D-B3A4-67AF70F9C72B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04C501ED-004B-4144-AED8-4FFE08C04CE8}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B99D5F6-BC42-4064-A364-F5C731567089}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4E61AD5-DBA4-4290-A19F-BCC32FA3D713}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FC7415F-94B4-480B-A1C4-B49F1B548E9C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="778435ec-08f2-482d-bfbf-59fca90c72db"/>
     <ds:schemaRef ds:uri="9f9705a2-860b-4193-be7d-9fb4a3008830"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1058</Characters>
+  <Pages>3</Pages>
+  <Words>556</Words>
+  <Characters>3171</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1241</CharactersWithSpaces>
+  <CharactersWithSpaces>3720</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lisa Miller</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009159C68D050AFE4497B2AB59E3742060</vt:lpwstr>
   </property>
 </Properties>
 </file>